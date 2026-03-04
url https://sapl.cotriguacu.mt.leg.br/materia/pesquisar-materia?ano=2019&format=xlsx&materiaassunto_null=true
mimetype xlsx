--- v0 (2025-12-01)
+++ v1 (2026-03-04)
@@ -51,1245 +51,1245 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EDL</t>
   </si>
   <si>
     <t>Edital</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/456/edital_de_conhecimento_publico_no_001-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/456/edital_de_conhecimento_publico_no_001-2019.pdf</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Cotriguaçu – MT, no uso de suas atribuições legais,_x000D_
 _x000D_
 Faz saber, a todos quanto do presente Edital de conhecimento tiveram, que as Contas do Exercício de 2.018, da Câmara Municipal de Cotriguaçu, encontram-se a disposição de qualquer contribuinte para exame e apreciação, o qual poderá questionar a legitimidade, nos termos da Lei, no período de 12 de fevereiro a 12 de abril de 2.019 em cumprimento a Constituição Federal, artigo 31, § 3º e Constituição do Estado de Mato Grosso, artigo 209.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jose Carlos Batista</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_no_001-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_no_001-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que providencie o cascalhamento de dois morros, construção de duas pontes e conserto de dois atoleiros na Linha V5, Distrito de Nova União;</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/458/indicacao_no_002-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/458/indicacao_no_002-2019.pdf</t>
   </si>
   <si>
     <t>junto ao Prefeito Municipal de Cotriguaçu, que providencie o cascalhamento dos morros e conserto de dois bueiros na Linha 8, Distrito de Nova União;</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/459/indicacao_no_003-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/459/indicacao_no_003-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que providencie a Construção de três pontes e cascalhamento dos pontos críticos na Linha Lona Amarela e R1, Distrito de Nova União;</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/460/indicacao_no_004-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/460/indicacao_no_004-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que providencie a Construção de um bueiro e cascalhamento em vários pontos críticos da Linha 12, Distrito de Nova União;</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/461/indicacao_no_005-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/461/indicacao_no_005-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que providencie a Construção de bueiros e cascalhamento nos morros da Linha 6, Principal, sentido Jacarezinho ao Muriru, Distrito de Nova União;</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/462/indicacao_no_006-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/462/indicacao_no_006-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que providencie o cascalhamento nos morros e em vários pontos críticos da Linha 2, Muriru, Distrito de Nova União;</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/</t>
   </si>
   <si>
     <t>REIVINDICO JUNTO AO PREFEITO MUNICIPAL DE COTRIGUAÇU, QUE PROVIDENCIE O PRANCHAMENTO DA PONTE NA RUA DUQUE DE CACHIAS, NO DISTRITO DE NOVA UNIÃO.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>MOISÉS FERREIRA DE JESUS -  1º Secretário</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/463/indicacao_no_008-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/463/indicacao_no_008-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que providencie a pranchamento da ponte na rua Duque de Caxias, no Distrito de Nova União.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Gilvã Gerson Hoffmann</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/467/indicacao_no_009-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/467/indicacao_no_009-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que providencie com urgência implantação de Câmeras de Monitoramento na Praça Municipal de Cotriguaçu;_x000D_
 .</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>GRAZIELA  SIEBERT  - Vice-presidente</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/465/indicacao_no_010-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/465/indicacao_no_010-2019.pdf</t>
   </si>
   <si>
     <t>REINVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que providencie a  implantação/construção de redutor de velocidade, como por exemplo tachão refletivo na Avenida 20 de Dezembro nas imediações da Hobjetos Móveis.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/468/indicacao_no_011-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/468/indicacao_no_011-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: junto ao Prefeito Municipal de Cotriguaçu, que seja feito com urgência a construção de uma ponte na linha 03, Nova Horizonte, Assentamento PA Nova Cotriguaçu</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/469/indicacao_no_012-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/469/indicacao_no_012-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO:  junto ao Prefeito Municipal de Cotriguaçu, que seja feito com urgência a manutenção de um bueiro na linha 09, Próximo ao Sr. Otaide Trento, Assentamento PA Nova Cotriguaçu</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/473/indicacao_no_013-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/473/indicacao_no_013-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que providencie a manutenção da estrada na Linha Cafézinho, sentido morador "Zé Zoinho".</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_no_014-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_no_014-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que seja feito uma campanha pela Vigilância de Saúde, Secretaria de Saúde e Secretaria do Obras para o controle de caramujos.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/475/indicacao_no_015-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/475/indicacao_no_015-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que seja feito a manutenção e a troca das lâmpadas queimadas nos bairros.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_no_016-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_no_016-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que seja determinado uma fiscalização eficiente para barrar a atuação de vendedores ambulantes que não recolhem  impostos no nosso município, gerando grandes prejuízos fiscais.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/479/indicacao_no_017-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/479/indicacao_no_017-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: Junto ao Prefeito Municipal de Cotriguaçu, que seja feito um quebra mola em frente a Escola Estadual Benicio Trettel  da  Silva e a Creche Pequeno Cidadão.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/478/indicacao_no_018-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/478/indicacao_no_018-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: Junto ao Prefeito Municipal de Cotriguaçu para que seja feito reparos ou reforma nos banheiros, no telhado e nas calhas do prédio do Departamento de Arrecadação na antiga Secretaria de Agricultura.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Waldir Luiz Weckwerth</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/480/indicacao_no_019-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/480/indicacao_no_019-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAÇÃO: Reivindicamos junto ao Prefeito Municipal, para que não seja retirado as maquinas antes do término dos serviços de manutenções nas estradas</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>VANDERLEI SILINGARDI CACHONE</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/481/indicacao_no_020-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/481/indicacao_no_020-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS  Junto a coordenadoria para providenciar a limpeza do pátio da Escola Estadual Maria Da Gloria Vargas Ôchoa e que seja feito um campo Society e uma quadra de areia para servir a escola.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/483/indicacao_no_021-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/483/indicacao_no_021-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja recuperado um bueiro que se rompeu no assentamento Vale Verde, linha da máquina de arroz, próximo a propriedade do Sr.Adeir Santista.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/486/indicacao_no_022-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/486/indicacao_no_022-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO:Junto ao Prefeito Municipal de Cotriguaçu, para que seja providenciado a compra de um ar condicionado para ser colocado na recepção do Hospital Municipal de Cotriguaçu.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/489/indicacao_no_023-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/489/indicacao_no_023-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que seja providenciado a manutenção em pontos críticos da estrada da Linha Jaciara.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/490/indicacao_no_024-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/490/indicacao_no_024-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que seja providenciado a manutenção em pontos críticos da estrada Linha Santa Luzia.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/491/indicacao_no_025-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/491/indicacao_no_025-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que seja providenciado a manutenção da ponte que liga o bairro Vila Nova as casas populares.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/494/indicacao_no_026-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/494/indicacao_no_026-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAÇÃO: Reivindicamos junto ao Prefeito Municipal, para que seja providenciado uma faixa de pedestre, um quebra mola e um estacionamento maior na rua Geneci Castanha, em frente ao Hospital Municipal de Cotriguaçu.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/495/indicacao_no_027-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/495/indicacao_no_027-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: Junto ao Prefeito Municipal de Cotriguaçu para que seja feito com urgência a abertura, o cascalhamento e patrolamento na estrada da linha Santa Clara, Assentamento PA Nova Cotriguaçu, que dá acesso as propriedades dos Senhores Ariel, Levi e Everaldo.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Vanilton de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/496/indicacao_no_028-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/496/indicacao_no_028-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que providencie o patrolamento e reparos na rua São Geronimo no distrito de Nova União.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/500/indicacao_no_029-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/500/indicacao_no_029-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: junto ao Prefeito Municipal de Cotriguaçu, que providencie o cascalhamento, seja aberto algumas saídas para as águas e seja feito também reparos na estrada da linha Cascalheira sentido ao Rio Corgão.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/501/indicacao_no_030-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/501/indicacao_no_030-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que se destine uma área específica para os praticantes do tiro ao alvo, atendendo um pedido dos integrantes da Associação do Tiro de Cotriguacu (ATC).</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/502/indicacao_no_031-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/502/indicacao_no_031-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja providenciado o patrolamento do setor chácaras, na Estrada Irmãos Luza sentido ao Clube Arca.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/503/indicacao_no_032-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/503/indicacao_no_032-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: junto ao Prefeito Municipal de Cotriguaçu, que providencie junto a Secretaria de Obras a recuperação (tapa buracos) do asfalto, nas ruas do Distrito de Nova União.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>LEANI F. RICHTER</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/507/indicacao_no_033-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/507/indicacao_no_033-2019.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que seja providenciado um estacionamento em frente a lotérica.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/508/indicacao_no_034-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/508/indicacao_no_034-2019.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Senador a liberação de R$ 500.000,00 (Quinhentos mil reais) para Construção de Um Parque Infantil, Academia de Terceira Idade com Cobertura, Iluminação e Banheiros no Bairro Planalto 01, no município de Cotriguaçu/MT.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/512/indicacao_no_035-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/512/indicacao_no_035-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: Junto ao Prefeito Municipal de Cotriguaçu, que seja feito, com urgência reparos na barragem de captação de água do Rio 14 Irmãos.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/513/indicacao_no_036-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/513/indicacao_no_036-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: Junto ao Prefeito Municipal de Cotriguaçu, para que providencie junto o patrolamento e cascalhamento da Linha V3 do lado direito e esquerdo e 6 km da Linha R1.</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/514/indicacao_no_037-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/514/indicacao_no_037-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: Junto ao Prefeito Municipal de Cotriguaçu, que seja providenciado o pranchamento das seguintes pontes dentro do perímetro urbano._x000D_
 - Próximo ao Bar dos Amigos;_x000D_
 - Sentido Escola Benício Trettel da Silva;_x000D_
 - Ponte que liga Vila Nova ao Planalto II.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/520/indicacao_no_038-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/520/indicacao_no_038-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: Junto ao Prefeito Municipal de Cotriguaçu, para que seja providenciado o cascalhamento da Linha Vera Cruz.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao_no_039-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao_no_039-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito a manutenção e melhoria no fornecimento de água no Distrito de Ouro Verde dos Pioneiros (Agrovila).</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/522/indicacao_no_040-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/522/indicacao_no_040-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO:  junto ao Prefeito Municipal de Cotriguaçu, que seja feito com urgência manutenções nas estradas e reparos nas pontes nas seguintes localidades do Assentamento PA Nova Cotriguaçu:_x000D_
 •	Ponte na Linha 15, próximo Nova União;_x000D_
 •	Ponte e cascalhamento na Linha G1, Ouro Verde;_x000D_
 •	Ponte na Linha 09;_x000D_
 •	Ponte na Ouro Verde que dá acesso a propriedade do Senhor Adilson e Reginaldo.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/523/indicacao_no_041-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/523/indicacao_no_041-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO:  junto ao Prefeito Municipal de Cotriguaçu,  para que seja colocado uma campainha ou interfone na Casa de Apoio, para que quando as pessoas chegam fora de horário possam ser atendidas.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/524/indicacao_no_042-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/524/indicacao_no_042-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO  junto ao Prefeito Municipal de Cotriguaçu, para que seja feito o corte de morros nas seguintes localidades da MT 170 sentido Nova União:</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/525/indicacao_no_043-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/525/indicacao_no_043-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: Junto ao Prefeito Municipal de Cotriguaçu, que solicite ao Secretário de Meio Ambiente e ao Biólogo da Secretaria para que seja feito uma visita técnica ao aterro sanitário com intuito de verificar o acúmulo de lixo e pneus sem sua correta destinação. (segue fotos em anexo).</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_no_044-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_no_044-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO:  junto ao Prefeito Municipal de Cotriguaçu,  para que seja feito a manutenção e limpeza do pátio na Casa de Apoio.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/533/indicacao_no_045-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/533/indicacao_no_045-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: Junto ao Prefeito Municipal de Cotriguaçu, para que intervenha e solicite a Equipe de Vigilância Sanitária, para que faça a vistoria na Rua Dorvalina Previati, Bairro Vila Nova.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_no_046-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_no_046-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: Junto ao Prefeito Municipal de Cotriguaçu, para que intervenha junto ao Secretário de Obras, para que seja feito o cascalhamento em pontos críticos da linha escolar, setor Cafezinho.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_no_047-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_no_047-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: Junto ao Prefeito Municipal de Cotriguaçu, para que intervenha junto ao Secretário de Obras, para que seja feito o cascalhamento em alguns pontos que já estão críticos no Travessão da linha Cedere 09.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/541/indicacao_no_048-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/541/indicacao_no_048-2019.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que providencie o cascalhamento no morro conhecido como "Serra do Avião" e em dois outros morros próximos, na Linha União;</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_no_049-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_no_049-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: junto ao Prefeito Municipal de Cotriguaçu, que providencie os trabalhos referente a iluminação pública em Nova União, trocando as lâmpadas queimadas e instalando nas ruas que faltam.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/543/indicacao_no_050-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/543/indicacao_no_050-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: Junto ao Prefeito Municipal de Cotriguaçu, que seja feito com urgência a construção de uma ponte na linha 12, Distrito de Nova União, Assentamento PA Nova Cotriguaçu.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_no_051-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_no_051-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: Junto ao Prefeito Municipal de Cotriguaçu, que seja feito com urgência a construção de um bueiro e o cascalhamento/manutenção de morros na linha 28, Nova Esperança, Distrito de Nova União, Assentamento PA Nova Cotriguaçu.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_no_052-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_no_052-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o cascalhamento na linha 06, Distrito de Nova União, Assentamento PA Nova Cotriguaçu.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/546/indicacao_no_053-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/546/indicacao_no_053-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: Junto ao Prefeito Municipal de Cotriguaçu para que providencie com urgência a limpeza e manutenção das ruas de Nova União, conforme já solicitado em Indicação nº 010/2018 (em anexo).</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/547/indicacao_no_054-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/547/indicacao_no_054-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o cascalhamento nas linhas 8 e 9, e o cascalhamento de 02 (dois) morros na linha V5, Distrito de Nova União, Assentamento PA Nova Cotriguaçu.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/548/indicacao_no_055-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/548/indicacao_no_055-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o cascalhamento nas linhas Meia Quadra, R1 e Lona Amarela, Distrito de Nova União, Assentamento PA Nova Cotriguaçu.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/549/indicacao_no_056-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/549/indicacao_no_056-2019.pdf</t>
   </si>
   <si>
     <t>REINVIDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência a recuperação de maquinário no Distrito de Nova União, Assentamento PA Nova Cotriguaçu.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/550/indicacao_no_057-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/550/indicacao_no_057-2019.pdf</t>
   </si>
   <si>
     <t>REINVINDICAMOS: Junto ao prefeito Municipal de Cotriguaçu, que providencie com urgência reparo e manutenção na Ambulância de Nova União</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/470/mocao_001-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/470/mocao_001-2019.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE PESAR DO SR JORGE PAULO DE LIMA À FAMÍLIA.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/472/mocao_de_aplausos_002-2019_-_policia_militar.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/472/mocao_de_aplausos_002-2019_-_policia_militar.pdf</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS Nº 002/2019. PROPÕE À MESA DIRETORA O ENCAMINHAMENTO DE MOÇÃO DE APLAUSO A POLÍCIA MILITAR E AOS POLICIAIS MILITARES DO MUNICÍPIO DE COTRIGUAÇU MT.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>PDCS</t>
   </si>
   <si>
     <t>Parecer das Comissoes</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/516/parecer_no_004-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/516/parecer_no_004-2019.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO, DA CÂMARA MUNICIPAL DE COTRIGUAÇU MT.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/517/parecer_no_004-2019.pdf_const.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/517/parecer_no_004-2019.pdf_const.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, DA CÂMARA MUNICIPAL DE COTRIGUAÇU MT.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/536/parecer_no_005-2019.pdf_fiscalizacao.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/536/parecer_no_005-2019.pdf_fiscalizacao.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO DA CÂMARA MUNICIPAL DE COTRIGUAÇU - MT._x000D_
 PARECER SOBRE O PROJETO DE LEI Nº 025/2019.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/537/parecer_no_005-2019.pdf_const.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/537/parecer_no_005-2019.pdf_const.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL DA CÂMARA MUNICIPAL DE COTRIGUAÇU - MT._x000D_
 PARECER SOBRE O PROJETO DE LEI Nº 025/2019.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>FISCALIZAÇAO E CONTROLE ORÇAMENTÁRIO</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/556/parecer_no_006-2019.pdf_fiscalizacao.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/556/parecer_no_006-2019.pdf_fiscalizacao.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO, DA CÂMARA MUNICIPAL DE COTRIGUAÇU - MT.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/557/parecer_no_006-2019.pdf_const.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/557/parecer_no_006-2019.pdf_const.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL DA CÂMARA MUNICIPAL DE COTRIGUAÇU - MT.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/561/parecer_no_007-2019.pdf_fiscalizacao.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/561/parecer_no_007-2019.pdf_fiscalizacao.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 007/2019; COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO, DA CÂMARA MUNICIPAL DE COTRIGUAÇU - MT.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/562/parecer_no_007-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/562/parecer_no_007-2019.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL, DA CÂMARA MUNICIPAL DE COTRIGUAÇU - MT.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>JAIR KLASNER</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/452/projeto_de_lei_complementar_no_001-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/452/projeto_de_lei_complementar_no_001-2019.pdf</t>
   </si>
   <si>
     <t>Altera em partes a Lei Municipal Nº 1.064/2018, que Autoriza o Poder Executivo Municipal de Cotriguaçu, a firmar convênio com a POLITEC – ESCOLA POLITÉCNICA DO NOROESTE LTDA, objetivando a instalação de cursos Técnicos, tecnólogos, Graduação e Pós-Graduação pela UNIP Interativa (Universidade Paulista) no Município de Cotriguaçu/MT e dá outras providencias.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/455/pl_002-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/455/pl_002-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROCEDER À LOCAÇÃO DE IMÓVEL URBANO PARA FUNCIONAMENTO DA AGÊNCIA DO BANCO DO BRASIL EM COTRIGUAÇU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/482/projetp_de_lei_no_003-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/482/projetp_de_lei_no_003-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO FIRMAR TERMO DE FOMENTO COM O CONSELHO COMUNITÁRIO DE SEGURANÇA PÚBLICA DE COTRIGUAÇU - CONSEG - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_de_lei_no_004-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_de_lei_no_004-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR CONVÊNIO COM A ASSOCIAÇÃO CASA DE APOIO AMOR FRATERNAL DO MUNICÍPIO DE ALTA FLORESTA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_de_lei_no_005-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_de_lei_no_005-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o piso salarial do Agente Comunitário de Saúde e do Agente de Combate às Endemias no Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_006-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_006-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Atendimento aos Direitos da Criança e do Adolescente, institui em novos termos o Conselho Municipal dos Direitos da Criança e do Adolescente - CMDCA, o Fundo Municipal dos Direitos da Criança e do Adolescente - FMDCA e o Conselho Tutelar - CT e dá outras providências.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/488/projeto_de_lei_no_007-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/488/projeto_de_lei_no_007-2019.pdf</t>
   </si>
   <si>
     <t>Cria o auxílio protetor solar para os servidores do cargo de Agente Comunitário de Saúde e Agente de Combate às Endemias do Município de Cotriguaçu/MT e dá outras providências.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_de_lei_no_008-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_de_lei_no_008-2019.pdf</t>
   </si>
   <si>
     <t>Altera em parte a Lei Municipal Nº 1.065/2018 que Estima a Receita e Fixa a Despesa do Município de Cotriguaçu para o Exercício Financeiro de 2019 e dá Outras Providências.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_de_lei_no_009-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_de_lei_no_009-2019.pdf</t>
   </si>
   <si>
     <t>Altera em parte a Lei Nº 1.076/2019 que Cria o Auxílio Protetor Solar para os servidores ocupantes do cargo de Agente Comunitário de Saúde e Agente de Combate às Endemias do Município de Cotriguaçu/MT e dá outras providências.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_de_lei_no_010-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_de_lei_no_010-2019.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ABRE CRÉDITO ADICIONAL ESPECIAL PARA ALTERAÇÃO DO LOA Nº 1065 DO EXERCÍCIO DE 2019, DA PREVIDÊNCIA MUNICIPAL NO VALOR QUE MENCIONA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/505/projeto_de_lei_no_011-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/505/projeto_de_lei_no_011-2019.pdf</t>
   </si>
   <si>
     <t>SUMULA: DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI DE DIRETRIZES ORÇAMENTÁRIAS DE 2020, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/499/projeto_de_lei_no_012-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/499/projeto_de_lei_no_012-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a firmar termo de fomento com a Associação de Rádio Comunitária de Cotriguaçu, inscrita no CNPJ sob o nº 03.081.972/0001-46, e dá outras providências.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/519/projeto_de_lei_no_013-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/519/projeto_de_lei_no_013-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CESSÃO DE USO A ASSOCIAÇÃO DOS COLETORES DE CASTANHA  DO BRASIL DO P.A JURUENA  - ACCPAJ,CNPJ Nº 17.254.902/0001-57, NO MUNICÍPIO DE COTRIGUAÇU-MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/518/projeto_de_lei_no_014-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/518/projeto_de_lei_no_014-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 700/2011 QUE INSTITUI O FUNDO MUNICIPAL DE DEFESA DO MEIO AMBIENTE (FUMDEMA)</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/515/projeto_de_lei_no_015-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/515/projeto_de_lei_no_015-2019.pdf</t>
   </si>
   <si>
     <t>Institui o Banco de Horas aos servidores que realizem atividades extraordinárias de interesse público e caráter excepcional.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/504/projeto_de_lei_no_016-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/504/projeto_de_lei_no_016-2019.pdf</t>
   </si>
   <si>
     <t>Altera em partes a Lei Municipal nº 1.053/2018 que dispõe sobre a criação do Departamento Municipal de Trânsito do Município de Cotriguaçu e da JARI - Junta Administrativa de Recursos de Infração e dá outras providências.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/506/projeto_de_lei_no_017-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/506/projeto_de_lei_no_017-2019.pdf</t>
   </si>
   <si>
     <t>autoriza o Poder Executivo firmar termo de fomento com a Paróquia Nossa Senhora Aparecida do município de Cotriguaçu/MT e dá outras providências.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_de_lei_no_018-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_de_lei_no_018-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre parcelamento de débitos do Município de Cotriguaçu junto a PGE - Procuradoria Geral do Estado.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_de_lei_no_020-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_de_lei_no_020-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo firmar termo de fomento com o Sindicato Rural de Cotriguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/527/projeto_de_lei_no_021-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/527/projeto_de_lei_no_021-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A PROCEDER À ADEQUAÇÃO NO ORÇAMENTO INERENTE A CÂMARA MUNICIPAL.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/529/projeto_022.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/529/projeto_022.pdf</t>
   </si>
   <si>
     <t>SUMULA: ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE COTRIGUAÇU PÁRA O EXERCÍCIO FINANCEIRO DE 2020 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A FIRMAR TERMO DE CESSÃO DE USO REAL DE IMÓVEL A FUNAI - FUNDAÇÃO NACIONAL DO ÍNDIO- E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/528/projeto_de_lei_no_024-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/528/projeto_de_lei_no_024-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO DA ÁREA URBANA DE NOVA UNIÃO NO MUNICÍPIO DE COTRIGUAÇU - REGULARIZA JÁ NOVA UNIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/532/projeto_de_lei_no_025-2019.pdf_aprovado.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/532/projeto_de_lei_no_025-2019.pdf_aprovado.pdf</t>
   </si>
   <si>
     <t>DESAFETA ÁREA DE USO COMUM DO POVO E AUTORIZA O PODER EXECUTIVO A CELEBRAR MEDIANTE TERMO DE CESSÃO DE USO REAL DE IMÓVEL, À IGREJA PRESBITERIANA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/531/projeto_de_lei_no_026-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/531/projeto_de_lei_no_026-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA EM PARTES A LEI MUNICIPAL Nº 1.075/2019, QUE DISPÕE SOBRE A POLÍTICA MUNICIPAL DE ATENDIMENTO AOS DIREITOS DA CRIANÇA E DO ADOLESCENTE, INSTITUI EM NOVOS TERMOS O CONSELHO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE - CMDCA, O FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE - FMDCA E O CONSELHO TUTELAR - CT E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/538/projeto_de_lei_no_027-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/538/projeto_de_lei_no_027-2019.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA O ART. 5º DA  LEI Nº 1.065/2018 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/539/projeto_de_lei_no_028-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/539/projeto_de_lei_no_028-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Cessão de Uso Real de Imóvel a Associação Indígena Abanatsa, e dá outras providências.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/540/projeto_de_lei_no_029-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/540/projeto_de_lei_no_029-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONTRATAÇÃO TEMPORÁRIA DE PESSOAL EM CARÁTER EXCEPCIONAL OU EM REGIME DE SUBSTITUIÇÃO E AULAS LIVRES PARA PROVIMENTO DOS CARGOS NA SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/551/projeto_de_lei_no_030-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/551/projeto_de_lei_no_030-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a ceder em comodato espaço público em escolas municipais de Cotriguaçu/MT à Faculdade de Alta Floresta - FAF, e dá outras providências.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/552/projeto_de_lei_no_031-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/552/projeto_de_lei_no_031-2019.pdf</t>
   </si>
   <si>
     <t>CRIA META OU AÇÃO NA LEI 990/2017 - QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2018 A 2021; ALTERA EM PARTES A LEI Nº 1081/2019 - QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DO ANO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/553/projeto_de_lei_no_032-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/553/projeto_de_lei_no_032-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO FIRMAR TERMO DE FOMENTO COM O CONSELHO COMUNITÁRIO DE SEGURANÇA PÚBLICA DE COTRIGUAÇU/MT - CONSEG - E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/554/projeto_de_lei_no_033-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/554/projeto_de_lei_no_033-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI Nº 1.081 QUE DISPÕE SOBRE AS DIRETRIZES PARA ELABORAÇÃO DA LEI DIRETRIZES ORÇAMENTÁRIA DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/558/projeto_de_lei_no_034-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/558/projeto_de_lei_no_034-2019.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO ALIENAR BENS MÓVEIS, VEÍCULOS E SUCATAS INSERVÍVEIS DE PROPRIEDADE DA PREFEITURA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/559/projeto_de_lei_no_035-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/559/projeto_de_lei_no_035-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a abrir crédito especial proveniente de excesso de arrecadação, e dá outras providências.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/560/projeto_de_lei_no_036-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/560/projeto_de_lei_no_036-2019.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA META OU AÇÃO NA LEI 990/2017 - QUE DISPÕE SOBRE O PLANO PLURIANUAL PARA O PERÍODO 2018 A 2021; E A LEI Nº 1081/2019 - QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA A ELABORAÇÃO E EXECUÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO FINANCEIRO DO ANO DE 2020, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_lei_complementar_no_001-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_lei_complementar_no_001-2019.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE  OS CRITÉRIOS DE COBRANÇA   DE IPTU - IMPOSTO PREDIAL TERRITORIAL URBANO PARA O EXERCÍCIO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/492/projeto_de_lei_complementar_no_002-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/492/projeto_de_lei_complementar_no_002-2019.pdf</t>
   </si>
   <si>
     <t>ALTERA EM PARTES LEI COMPLEMENTAR Nº 082/2019, QUE DISPÕE SOBRE OS CRITÉRIOS DE COBRANÇA DE IPTU - IMPOSTO PREDIAL E TERRITORIAL URBANO PARA O EXERCÍCIO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_de_lei_municipal_complementar_no_003-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_de_lei_municipal_complementar_no_003-2019.pdf</t>
   </si>
   <si>
     <t>Autoriza o Executivo a receber dação em pagamento, em bens imóveis da JURUENA EMPREENDIMENTOS DE COLONIZAÇÃO LTDA, para fim de extinguir crédito tributário e dá outras providências.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_de_lei_municipal_complementar_no_004-2019.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_de_lei_municipal_complementar_no_004-2019.pdf</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA ANEXO II DA LEI MUNICIPAL COMPLEMENTAR Nº 002/2001 QUE ESTABELECEU O CÓDIGO TRIBUTÁRIO MUNICIPAL E SEUS ANEXOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>LEANI - Presidente</t>
   </si>
   <si>
     <t>DENOMINA  NOME DE RUA SERGIO GRESPAN EM NOSSO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
@@ -1611,68 +1611,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/456/edital_de_conhecimento_publico_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/458/indicacao_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/459/indicacao_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/460/indicacao_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/461/indicacao_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/462/indicacao_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/463/indicacao_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/467/indicacao_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/465/indicacao_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/468/indicacao_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/469/indicacao_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/473/indicacao_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_no_014-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/475/indicacao_no_015-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_no_016-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/479/indicacao_no_017-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/478/indicacao_no_018-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/480/indicacao_no_019-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/481/indicacao_no_020-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/483/indicacao_no_021-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/486/indicacao_no_022-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/489/indicacao_no_023-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/490/indicacao_no_024-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/491/indicacao_no_025-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/494/indicacao_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/495/indicacao_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/496/indicacao_no_028-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/500/indicacao_no_029-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/501/indicacao_no_030-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/502/indicacao_no_031-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/503/indicacao_no_032-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/507/indicacao_no_033-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/508/indicacao_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/512/indicacao_no_035-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/513/indicacao_no_036-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/514/indicacao_no_037-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/520/indicacao_no_038-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao_no_039-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/522/indicacao_no_040-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/523/indicacao_no_041-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/524/indicacao_no_042-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/525/indicacao_no_043-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_no_044-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/533/indicacao_no_045-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_no_046-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_no_047-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/541/indicacao_no_048-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_no_049-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/543/indicacao_no_050-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_no_051-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_no_052-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/546/indicacao_no_053-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/547/indicacao_no_054-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/548/indicacao_no_055-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/549/indicacao_no_056-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/550/indicacao_no_057-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/470/mocao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/472/mocao_de_aplausos_002-2019_-_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/516/parecer_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/517/parecer_no_004-2019.pdf_const.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/536/parecer_no_005-2019.pdf_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/537/parecer_no_005-2019.pdf_const.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/556/parecer_no_006-2019.pdf_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/557/parecer_no_006-2019.pdf_const.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/561/parecer_no_007-2019.pdf_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/562/parecer_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/452/projeto_de_lei_complementar_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/455/pl_002-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/482/projetp_de_lei_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_de_lei_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_de_lei_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/488/projeto_de_lei_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_de_lei_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_de_lei_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_de_lei_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/505/projeto_de_lei_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/499/projeto_de_lei_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/519/projeto_de_lei_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/518/projeto_de_lei_no_014-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/515/projeto_de_lei_no_015-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/504/projeto_de_lei_no_016-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/506/projeto_de_lei_no_017-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_de_lei_no_018-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_de_lei_no_020-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/527/projeto_de_lei_no_021-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/529/projeto_022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/528/projeto_de_lei_no_024-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/532/projeto_de_lei_no_025-2019.pdf_aprovado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/531/projeto_de_lei_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/538/projeto_de_lei_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/539/projeto_de_lei_no_028-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/540/projeto_de_lei_no_029-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/551/projeto_de_lei_no_030-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/552/projeto_de_lei_no_031-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/553/projeto_de_lei_no_032-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/554/projeto_de_lei_no_033-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/558/projeto_de_lei_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/559/projeto_de_lei_no_035-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/560/projeto_de_lei_no_036-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_lei_complementar_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/492/projeto_de_lei_complementar_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_de_lei_municipal_complementar_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_de_lei_municipal_complementar_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/456/edital_de_conhecimento_publico_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/457/indicacao_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/458/indicacao_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/459/indicacao_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/460/indicacao_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/461/indicacao_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/462/indicacao_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/463/indicacao_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/467/indicacao_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/465/indicacao_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/468/indicacao_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/469/indicacao_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/473/indicacao_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/474/indicacao_no_014-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/475/indicacao_no_015-2019.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/476/indicacao_no_016-2019.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/479/indicacao_no_017-2019.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/478/indicacao_no_018-2019.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/480/indicacao_no_019-2019.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/481/indicacao_no_020-2019.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/483/indicacao_no_021-2019.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/486/indicacao_no_022-2019.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/489/indicacao_no_023-2019.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/490/indicacao_no_024-2019.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/491/indicacao_no_025-2019.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/494/indicacao_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/495/indicacao_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/496/indicacao_no_028-2019.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/500/indicacao_no_029-2019.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/501/indicacao_no_030-2019.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/502/indicacao_no_031-2019.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/503/indicacao_no_032-2019.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/507/indicacao_no_033-2019.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/508/indicacao_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/512/indicacao_no_035-2019.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/513/indicacao_no_036-2019.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/514/indicacao_no_037-2019.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/520/indicacao_no_038-2019.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/521/indicacao_no_039-2019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/522/indicacao_no_040-2019.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/523/indicacao_no_041-2019.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/524/indicacao_no_042-2019.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/525/indicacao_no_043-2019.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/526/indicacao_no_044-2019.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/533/indicacao_no_045-2019.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/534/indicacao_no_046-2019.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/535/indicacao_no_047-2019.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/541/indicacao_no_048-2019.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/542/indicacao_no_049-2019.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/543/indicacao_no_050-2019.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/544/indicacao_no_051-2019.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/545/indicacao_no_052-2019.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/546/indicacao_no_053-2019.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/547/indicacao_no_054-2019.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/548/indicacao_no_055-2019.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/549/indicacao_no_056-2019.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/550/indicacao_no_057-2019.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/470/mocao_001-2019.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/472/mocao_de_aplausos_002-2019_-_policia_militar.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/516/parecer_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/517/parecer_no_004-2019.pdf_const.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/536/parecer_no_005-2019.pdf_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/537/parecer_no_005-2019.pdf_const.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/556/parecer_no_006-2019.pdf_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/557/parecer_no_006-2019.pdf_const.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/561/parecer_no_007-2019.pdf_fiscalizacao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/562/parecer_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/452/projeto_de_lei_complementar_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/455/pl_002-2019.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/482/projetp_de_lei_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/484/projeto_de_lei_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/485/projeto_de_lei_no_005-2019.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/487/projeto_de_lei_no_006-2019.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/488/projeto_de_lei_no_007-2019.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/497/projeto_de_lei_no_008-2019.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/493/projeto_de_lei_no_009-2019.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/498/projeto_de_lei_no_010-2019.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/505/projeto_de_lei_no_011-2019.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/499/projeto_de_lei_no_012-2019.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/519/projeto_de_lei_no_013-2019.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/518/projeto_de_lei_no_014-2019.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/515/projeto_de_lei_no_015-2019.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/504/projeto_de_lei_no_016-2019.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/506/projeto_de_lei_no_017-2019.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/509/projeto_de_lei_no_018-2019.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/510/projeto_de_lei_no_020-2019.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/527/projeto_de_lei_no_021-2019.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/529/projeto_022.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/528/projeto_de_lei_no_024-2019.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/532/projeto_de_lei_no_025-2019.pdf_aprovado.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/531/projeto_de_lei_no_026-2019.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/538/projeto_de_lei_no_027-2019.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/539/projeto_de_lei_no_028-2019.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/540/projeto_de_lei_no_029-2019.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/551/projeto_de_lei_no_030-2019.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/552/projeto_de_lei_no_031-2019.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/553/projeto_de_lei_no_032-2019.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/554/projeto_de_lei_no_033-2019.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/558/projeto_de_lei_no_034-2019.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/559/projeto_de_lei_no_035-2019.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/560/projeto_de_lei_no_036-2019.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/454/projeto_de_lei_complementar_no_001-2019.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/492/projeto_de_lei_complementar_no_002-2019.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/511/projeto_de_lei_municipal_complementar_no_003-2019.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2019/555/projeto_de_lei_municipal_complementar_no_004-2019.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="125.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="124.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>