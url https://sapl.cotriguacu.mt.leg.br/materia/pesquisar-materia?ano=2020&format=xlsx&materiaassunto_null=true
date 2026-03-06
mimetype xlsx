--- v0 (2025-12-01)
+++ v1 (2026-03-06)
@@ -54,1542 +54,1542 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>EDL</t>
   </si>
   <si>
     <t>Edital</t>
   </si>
   <si>
     <t>Vanilton de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/640/edital_no_003-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/640/edital_no_003-2020.pdf</t>
   </si>
   <si>
     <t>O Presidente da Câmara Municipal de Cotriguaçu – MT; no uso de suas atribuições legais,_x000D_
 _x000D_
 _x000D_
 _x000D_
 			FAZ SABER, a todos quanto do presente EDITAL DE CONHECIMENTO tiveram, que as Contas Anuais de Governo da Prefeitura Municipal de Cotriguaçu Exercício  financeiro de 2018, Gestão do Prefeito Municipal Srº. Jair Klasner, com Parecer Prévio Favorável à Aprovação, emitido pelo TCE, FAZ SABER, foram aprovadas em Sessão Ordinária realizada em 15 de junho de 2020, na Sede da Câmara Municipal de Cotriguaçu – MT.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMMO</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>MOISÉS FERREIRA DE JESUS -  1º Secretário</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/650/emenda_pl_no_019-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/650/emenda_pl_no_019-2020.pdf</t>
   </si>
   <si>
     <t>Em Sessão Ordinária realizada no dia 29 de junho de 2020 o Vereador Moises Ferreira de Jesus fez a seguinte emenda verbal ao Projeto de Lei nº 019/2020.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Gilvã Gerson Hoffmann</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/570/indicacao_no_001-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/570/indicacao_no_001-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto a Secretária Municipal de Educação e Cultura do município de Cotriguaçu-MT, para que providencie a limpeza aos arredores da creche municipal “Pequeno Cidadão”, bem como, que seja feito a aplicação de produto indicado para controle do caramujo.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Jose Carlos Batista</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_no_002-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_no_002-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que providencie a manutenção (tapa buraco) na Avenida Tamburello, principalmente nas proximidades do Sicredi e em frente a feira municipal.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_no_003-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_no_003-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção das Linha V5 e Linha 08, Distrito de Nova União;</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_no_004-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_no_004-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção das Linha 02 do Jacaré e R1 sentido Jacaré, Distrito de Nova União;</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/574/indicacao_no_005-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/574/indicacao_no_005-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção das Linha R1 próximo Muriru, Linha 02 do Muriru e Linha 11 das pranchas.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/575/indicacao_no_006-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/575/indicacao_no_006-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito do município de Cotriguaçu-MT, para que seja feito um emergencial com cascalho nas ruas e avenidas não pavimentadas do município.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/577/indicacao_no_0008-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/577/indicacao_no_0008-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Secretário de Infraestrutura do município de Cotriguaçu-MT, para que seja feito com urgência a manutenção em atoleiro na Linha Geraldo Zanini.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/578/indicacao_no_0009-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/578/indicacao_no_0009-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito do município de Cotriguaçu-MT, para que seja providenciado a instalação de lixeiras adequadas na praça municipal, que seja efetuado a manutenção no piso local e uma melhoria na iluminação.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/581/indicacao_no_010-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/581/indicacao_no_010-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO:  Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência reparos em pontes e cascalhamento na Linha 28, Novo Horizonte e na Linha 09, Assentamento PA Nova Cotriguaçu.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/582/indicacao_no_011-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/582/indicacao_no_011-2020.pdf</t>
   </si>
   <si>
     <t>REINVIDICO:  Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito a manutenção da ambulância que faz trajeto de Nova União à Cotriguaçu.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/583/indicacao_no_012-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/583/indicacao_no_012-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito do Município de Cotriguaçu - MT, para que seja feito com urgência a ponte na Linha do Verdinho sentido Linha União.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/584/indicacao_no_013-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/584/indicacao_no_013-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito do Município de Cotriguaçu-MT, para que seja feito reparo com urgência em bueiro na Linha Acoraí.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/585/indicacao_no_014-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/585/indicacao_no_014-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito do Município de Cotriguaçu-MT, para que seja feito aterro de um bueiro na Linha ,Maquina de Arroz, próximo a estrada da Vale Verde.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/591/indicacao_no_015-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/591/indicacao_no_015-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu, que providencie a limpeza geral do cemitério do Distrito de Nova União.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/592/indicacao_no_016-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/592/indicacao_no_016-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu, que providencie a limpeza das ruas do Distrito de Nova União.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/593/indicacao_no_017-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/593/indicacao_no_017-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu, que providencie a limpeza do aeroporto do Distrito de Nova União.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/594/indicacao_no_018-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/594/indicacao_no_018-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção nos atoleiros, cascalhamento de morros e conserto de bueiros e pontes das Linhas 09, 10 e 11 das pranchas, no Distrito de Nova União, reiterando Indicação nº 05/2020.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/595/indicacao_no_019-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/595/indicacao_no_019-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção nos atoleiros, cascalhamento de morros e conserto de bueiros e pontes da manutenção das Linha V5 e Linha 08, Distrito de Nova União, reiterando a Indicação nº 03/2020.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/596/indicacao_no_020-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/596/indicacao_no_020-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção nos atoleiros, cascalhamento de morros e conserto de bueiros e pontes da manutenção das Linha Lona Amarela, Distrito de Nova União, reiterando a Indicação nº 055/2019.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/597/indicacao_no_021-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/597/indicacao_no_021-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção nos atoleiros, cascalhamento de morros e conserto de bueiros e pontes da manutenção da Linha R1, Distrito de Nova União, reiterando a Indicação nº 05/2020.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/598/indicacao_no_022-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/598/indicacao_no_022-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção nos atoleiros, cascalhamento de morros e conserto de bueiros e pontes da manutenção da Linha 06 sentido Parque, Distrito de Nova União.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/599/indicacao_no_023-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/599/indicacao_no_023-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção nos atoleiros, cascalhamento de morros e conserto de bueiros e pontes das Linhas 02 Jacaré e Linha 02 Muriru, no Distrito de Nova União, reiterando Indicação nº 05/2020 e nº 04/2020.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/600/indicacao_no_024-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/600/indicacao_no_024-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Diretor do Departamento de Esportes do município de Cotriguaçu-MT, para que seja feito a manutenção no campo municipal localizado da entrada da cidade.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>GRAZIELA  SIEBERT  - Vice-presidente</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/</t>
   </si>
   <si>
     <t>REINVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que providencie a  manutenção da iluminação pública nas Avenidas da cidade.</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/602/indicacao_no_026-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/602/indicacao_no_026-2020.pdf</t>
   </si>
   <si>
     <t>REINVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que providencie a  manutenção da iluminação pública na Comunidade Nova Esperança.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/604/indicacao_no_027-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/604/indicacao_no_027-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção na estrada que dá acesso na Chácaras dos Idosos retornando no terminal rodoviário.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/605/indicacao_no_028-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/605/indicacao_no_028-2020.pdf</t>
   </si>
   <si>
     <t>REINVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que seja feito estacionamento em frente ao INDEA.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/608/indicacao_no_029-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/608/indicacao_no_029-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que providencie a construção de ponte na Linha G1, próximo a Ouro Verde.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>VANDERLEI SILINGARDI CACHONE</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/609/indicacao_no_030-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/609/indicacao_no_030-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO  junto ao Prefeito Municipal de Cotriguaçu, para que seja feito uma faixa de pedestre elevada na Avenida 20 de Dezembro em frente à Cotrisserra e Hobjetos Móveis.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/610/indicacao_no_031-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/610/indicacao_no_031-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Secretário de Obras, senhor Walter Corandi, para que seja providenciado o prancheamento de uma ponte, em frente a propriedade sr. Zacarias sentido Nova Esperança.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/611/indicacao_no_032-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/611/indicacao_no_032-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Departamento de enfrentamento ao Covid 19, senhora Jaqueline Rockembach, para que seja providenciado a higienização e desinfecção de todos os locais públicos de grande aglomeração do município tais como, órgãos públicos, Rodoviária, Hospital, Correio e Indea.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/612/indicacao_no_033-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/612/indicacao_no_033-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a manutenção e compra de equipamentos novos para a cozinha do Hospital Municipal.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>LEANI F. RICHTER</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/615/indicacao_no_034-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/615/indicacao_no_034-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICAÇÃO: Reivindico junto ao Prefeito Municipal de Cotriguaçu, que seja providenciado construção de estacionamento na Rua Geneci Castanha, nas proximidades da Fisio Clinica e Laborvida, e quebra-molas o qual também deverá ser utilizado como faixa de pedestre</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/616/indicacao_no_035-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/616/indicacao_no_035-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a construção de ponte na rua do posto de gasolina sentido PSF, no Distrito de Nova União.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/617/indicacao_no_036-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/617/indicacao_no_036-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie o prancheamento da ponte na Avenida 7 de Setembro saída para Colniza, no Distrito de Nova União.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/618/indicacao_no_037-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/618/indicacao_no_037-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a construção de ponte na rua Marechal Rondon, saída para Cotriguaçu, no Distrito de Nova União.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/619/indicacao_no_038-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/619/indicacao_no_038-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICAMOS: Junto ao Prefeito Municipal de Cotriguaçu, que seja providenciado com urgência o serviço de molhar as ruas de Nova União.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/621/indicacao_no_039-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/621/indicacao_no_039-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, que providencie junto a Secretaria de Infraestrutura, com urgência a recuperação e manutenção (tapa-buracos) em todas as avenidas e ruas asfaltadas da cidade.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Waldir Luiz Weckwerth</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/622/indicacao_no_040-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/622/indicacao_no_040-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja providenciado o patrolamento e limpeza das ruas do Distrito do Ouro Verde (Agrovila).</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/623/indicacao_no_041-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/623/indicacao_no_041-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal que seja feito a contratação temporária com os recursos provenientes do Covid, um psicólogo para atender a população de Cotriguacu, com a intenção de criar um canal de assistência psicológica a quem necessitar.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/624/indicacao_no_042-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/624/indicacao_no_042-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Secretário Municipal de Meio Ambiente que seja colocado placas em áreas verdes ao arredores da cidade visando esclarecer que o descarte de entulhos e lixo gera multas conforme lei do IBAMA, Lei Federal nº 9.605/98 que proíbe expressamente jogar lixo em áreas de proteção ambiental ou reservas.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/626/indicacao_no_043-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/626/indicacao_no_043-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o patrolamento nas Linhas Zanini e Cedere 2.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/627/indicacao_no_044-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/627/indicacao_no_044-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o patrolamento na Linha Cascalheira.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/628/indicacao_no_045-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/628/indicacao_no_045-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o patrolamento e manutenção em ponte no Setor Chácaras, Vicinal 15.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/629/indicacao_no_046-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/629/indicacao_no_046-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o patrolamento da estrada travessão Erasmo, próxima a comunidade Nova Esperança, até a propriedade do Senhor Dione.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/630/indicacao_no_047-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/630/indicacao_no_047-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o patrolamento e manutenção de bueiro, no travessão próxima a comunidade Santa Clara, passando pelo Sítio Ariel.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>REIVINDICO: Junto a Administração Municipal de Cotriguaçu, que seja feito a manutenção da iluminação pública da Avenida Henrique Xavier Rodovalho e demais que necessitem reparos, bem como seja instalado também iluminação pública no setor chácara dos idosos.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/632/indicacao_no_049-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/632/indicacao_no_049-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito a manutenção (patrolamento) e reparos nas pontes da Linha 7, próximo ao Distrito de  Nova União.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/633/indicacao_no_050-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/633/indicacao_no_050-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito a manutenção (patrolamento) e reparos nas pontes da Linha 8, próximo ao Distrito de  Nova União.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/634/indicacao_no_051-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/634/indicacao_no_051-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito a manutenção (patrolamento) e reparos nas pontes da Linha 2 e Vicinal 14, Distrito de  Nova União.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_no_052-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_no_052-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que seja feito com urgência, o patrolamento na Linha Cedere 09, Comunidade Nossa Senhora de Fátima I, PA Juruena.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_no_053-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_no_053-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que seja feito com urgência, o patrolamento no Assentamento São Gabriel "Chácara dos Idosos".</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/643/indicacao_no_054-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/643/indicacao_no_054-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que seja feito com urgência, o patrolamento na Estrada Irmãos Lusa, setor chácaras .</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/644/indicacao_no_055-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/644/indicacao_no_055-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Reivindico junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a construção de ponte na Linha R1, Km 2.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_no_056-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_no_056-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu/MT, que providencie a coleta de lixo toda semana no Assentamento São Gabriel "Chácara dos Idosos".</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_no_057-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_no_057-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICAÇÃO: Reivindico junto ao Prefeito Municipal de Cotriguaçu, que seja providenciado o revestimento da malha asfáltica de toda a cidade, considerando as condições atuais, ou seja, formação incessante de buracos no período das chuvas.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_no_058-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_no_058-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICAÇÃO: Reivindico junto ao Prefeito Municipal de Cotriguaçu, que seja providenciado a pavimentação asfáltica em torno do lago e ruas de acesso.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_no_059-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_no_059-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICAÇÃO: Reivindico junto ao Prefeito Municipal de Cotriguaçu, que seja providenciado construção de estacionamento na Avenida Tamburelo, nas proximidades do Supermercado Ribeiro e da nova loja de móveis Eletrokasa, devendo continuar no prolongamento de toda a Av. Tamburelo posteriormente.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>LEANI - Presidente</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/649/indicacao_no_060-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/649/indicacao_no_060-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICAÇÃO: Reivindico junto ao Prefeito Municipal de Cotriguaçu, que disponibilize de todos os esforços no sentido de proceder com a REVISÃO, IMPLANTAÇÃO E MANUTENÇÃO da iluminação pública existente, com ênfase nas ruas de entrada da cidade passando pelo parque de exposições.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/656/indicacao_no_061-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/656/indicacao_no_061-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Departamento de Vigilância Sanitária de Cotriguaçu/MT, que faça o acompanhamento dos casos de malária na região do Muriru e Lambari, no Distrito de Nova União.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/657/indicacao_no_062-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/657/indicacao_no_062-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto a Secretária Municipal de Saúde e Saneamento Básico de Cotriguaçu/MT, que faça o acompanhamento dos casos de malária na região do Muriru e Lambari, no Distrito de Nova União.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/658/indicacao_no_063-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/658/indicacao_no_063-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Prefeito Municipal de Cotriguaçu, que intervenha junto a Secretaria de Obras para que seja feito com urgência, a coleta de entulhos, folhas e madeira velha dentro da área urbana.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/659/indicacao_no_064-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/659/indicacao_no_064-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: junto ao Secretário de Obras para que seja feito levantamento do aterro e construção de uma ponte seca no rio Cerejeira, sentido propriedade Sr. Erevaldo popular "Goiano".</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_no_065-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_no_065-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Secretário Municipal de Infraestrutura para que seja feito a manutenção com pranchas em 2 (duas) pontes na Linha Jaciara e a construção de outra, que está com a cabeceira danificada, essa se encontra na Linha Santa Luzia, ambas as Linhas também necessitam de patrolamento.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_no_066-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_no_066-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Secretário Municipal de Infraestrutura  para que seja providenciado a limpeza com a máxima urgência das ruas e avenidas, solicito sejam lavadas ou varridas o acumulo de terra devido ao grande problema que a poeira está trazendo aos moradores e comerciantes.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/668/indicacao_no_067-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/668/indicacao_no_067-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO  Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito a construção de um bueiro com aterro na Linha Geraldo Zanini, próximo à Fazenda do Senhor Soster.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/669/indicacao_no_068-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/669/indicacao_no_068-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu/MT, que seja feito a construção de um bueiro e patrolamento na Linha 02, Jacaré, no Distrito de Nova União.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/670/indicacao_no_069-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/670/indicacao_no_069-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o patrolamento e recuperação de pontes e bueiros na Linha 12, Distrito de  Nova União.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/671/indicacao_no_070-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/671/indicacao_no_070-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal para que seja providenciado a construção com urgência o murro do cemitério municipal.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_no_071-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_no_071-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o patrolamento e cascalhamento da Linha R 1, Distrito de Nova União.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_no_072-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_no_072-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o patrolamento e cascalhamento da Linha 11 Linha das Pranchas, sentido Muriru, Distrito de  Nova União, principalmente na atoleiro do barro branco.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_no_073-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_no_073-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o patrolamento e construção de uma ponte na Linha Meia Quadra, Distrito de Nova União.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_no_074-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_no_074-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência o patrolamento e cascalhamento da Linha V3, Distrito de Nova União.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/680/indicacao_no_075-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/680/indicacao_no_075-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO  Junto ao Prefeito Municipal de Cotriguaçu, para que seja feito com urgência a construção de ponte sobre o Rio Jacarezinho na Linha Cascalheira.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/689/indicacao_no_076-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/689/indicacao_no_076-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal que intervenha junto a Secretaria de Obras, para que seja providenciado o recolhimento de entulhos em frente das residências.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/690/indicacao_no_077-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/690/indicacao_no_077-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal de Cotriguaçu, para que tome as medidas cabíveis juntamente com a Secretaria de Vigilância Sanitária com relação ao despejo da REDE DE ESGOTO no final da Rua Dorvalino, bairro Botânico 2, quando deveria ser direcionado para a unidade de tratamento._x000D_
 Devendo ser enviado cópias para a Secretaria Municipal de Vigilância Sanitária e Secretaria Municipal de Meio Ambiente.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/691/indicacao_no_078-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/691/indicacao_no_078-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICAÇÃO: Reivindico junto ao Prefeito Municipal de Cotriguaçu, que apresente a essa Casa de Leis, Projeto de Lei que altera o nome da Rua/Avenida Terceira Vicinal Leste e o nome de Pórtico desta cidade para o nome de ARTÊMIO RICHTER.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_no_079-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_no_079-2020.pdf</t>
   </si>
   <si>
     <t>REIVINDICO: Junto ao Prefeito Municipal que intervenha junto a Secretaria de Obras, para que seja providenciado a construção de uma ponte na Linha Libertação, sentido Geraldo Zanini a CDR2.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/697/indicacao_no_080-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/697/indicacao_no_080-2020.pdf</t>
   </si>
   <si>
     <t>Reivindico  junto ao Deputado Federal Neri Geller a liberação de recursos para aquisição de 1 ( uma) Retro escavadeira 4x4, para a Associação dos Produtores Rurais Entre Linhas (CNPJ 11.280.148./0001-43), Estrada Gaúcha, Município de Cotriguaçu - MT.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>MOAPL</t>
   </si>
   <si>
     <t>Moção de aplausos</t>
   </si>
   <si>
     <t>EMENTA: PROPÕE À MESA DIRETORA O ENCAMINHAMENTO DE MOÇÃO DE APLAUSOS AO 2º SARGENTO DA POLÍCIA MILITAR, SR. JOSÉ MARTINS GOMES.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>PDCS</t>
   </si>
   <si>
     <t>Parecer das Comissoes</t>
   </si>
   <si>
     <t>CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/613/parecer_no_001-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/613/parecer_no_001-2020.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 001/2020, COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/614/parecer_no_002-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/614/parecer_no_002-2020.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 001/2020; CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL._x000D_
 PARECER Nº 001/2020, COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>FISCALIZAÇAO E CONTROLE ORÇAMENTÁRIO</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/636/parecer_no_003-2020.pdf.f.c.o.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/636/parecer_no_003-2020.pdf.f.c.o.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 003/2020; COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/637/parecer_no_003-2020.pdfc.j.r.f.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/637/parecer_no_003-2020.pdfc.j.r.f.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 003/2020; CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/638/parecer_no_004-2020.pdf.f.c.o.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/638/parecer_no_004-2020.pdf.f.c.o.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 004/2020; COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/639/parecer_no_004-2020.pdfc.j.r.f.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/639/parecer_no_004-2020.pdfc.j.r.f.pdf</t>
   </si>
   <si>
     <t>PARECER Nº 004/2020; COMISSÃO DE CONSTITUIÇÃO , JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/678/parecer_no_005-2020.pdfc.j.r.f.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/678/parecer_no_005-2020.pdfc.j.r.f.pdf</t>
   </si>
   <si>
     <t>CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/679/parecer_no_005-2020.pdf.f.c.o.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/679/parecer_no_005-2020.pdf.f.c.o.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/684/parecer_no_006-2020.pdf.f.c.o.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/684/parecer_no_006-2020.pdf.f.c.o.pdf</t>
   </si>
   <si>
     <t>Comissão de Fiscalização e controle Orçamentário. Projeto de Lei Complementar nº 003/20/20</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/685/parecer_no_006-2020.pdfc.j.r.f.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/685/parecer_no_006-2020.pdfc.j.r.f.pdf</t>
   </si>
   <si>
     <t>Constituição, Justiça e Redação Final. PL Complementar nº 003/20/20</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>JAIR KLASNER</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/563/projeto_de_lei_no_001-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/563/projeto_de_lei_no_001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação temporária de pessoal em caráter excepcional ou em regime de substituição e aulas livres para provimento dos cargos na Secretaria Municipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/564/projeto_de_lei_no_002-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/564/projeto_de_lei_no_002-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de ruas na cidade de Cotriguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/565/projeto_de_lei_no_003-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/565/projeto_de_lei_no_003-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo firmar Termo de Fomento com a Associação dos Produtores Rurais Entre Linhas (Comunidade São Luiz - Linha Gaúcha), inscrita no CNPJ sob o nº 11.280.148/0001-43, e dá outras providências.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/566/projeto_de_lei_no_004-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/566/projeto_de_lei_no_004-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo firmar Termo de Fomento com a Associação Pestalozzi de Cotriguaçu, inscrita no CNPJ 14.989.581/0001-40, e dá outras providências.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/576/projeto_de_lei_no_005-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/576/projeto_de_lei_no_005-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Saneamento Básico, Cria o Conselho Municipal de Saneamento, Cria o fundo Municipal de Saneamento do Município de Cotriguaçu/MT e dá outras providências</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/580/projeto_de_lei_no_006-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/580/projeto_de_lei_no_006-2020.pdf</t>
   </si>
   <si>
     <t>Abrir credito especial para dotação orçamentária por fonte de recursos para aquisição de imóveis e dá outras providências.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/579/projeto_de_lei_no_007-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/579/projeto_de_lei_no_007-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a proceder locação de imóvel urbano para funcionamento da agência do Banco do Brasil em Cotriguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/586/projeto_de_lei_no_008-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/586/projeto_de_lei_no_008-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da lei que estruturou o Regime Próprio de Previdência Social do município de Cotriguaçu/MT e, dá outras providências.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/587/projeto_de_lei_no_009-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/587/projeto_de_lei_no_009-2020.pdf</t>
   </si>
   <si>
     <t>Fixa Revisão Geral Anual para o piso municipal de salários dos servidores públicos municipais da Administração direta e indireta, de que trata o inciso X do Art. 37 da Constituição Federal.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/590/projeto_de_lei_no_010-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/590/projeto_de_lei_no_010-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo firmar termo de fomento com a Associação de Rádio Comunitária de Cotriguaçu, inscrita no CNPJ sob o nº 03.081.972/0001-46, e dá outras providências.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/588/projeto_de_lei_no_011-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/588/projeto_de_lei_no_011-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei n° 1097/2020 que Dispõe sobre a LOA- Lei Orçamentaria Anual, Lei Nº 1.081/2019 Lei de Diretrizes Orçamentária para 2020 e Lei Nº 990/2017 – Plano Plurianual 2018/2021, abrindo crédito adicional extraordinário por recurso vinculado e cria funcional programática específica para enfrentamento da emergência COVID19 e dá outras providências</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/589/projeto_de_lei_no_012-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/589/projeto_de_lei_no_012-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Cessão de uso à Associação de Agricultura Familiar e Desenvolvimento Comunitário de Nova Esperança, CNPJ nº 22.846.824/0001-10, no município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/603/projeto_de_lei_no_013-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/603/projeto_de_lei_no_013-2020.pdf</t>
   </si>
   <si>
     <t>Altera em partes a lei nº 1.108/2020 e dá outras providências.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/606/projeto_de_lei_no_014-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/606/projeto_de_lei_no_014-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo de Cotriguaçu a contratar temporariamente e dá outras providências.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/620/projeto_015-2020_ldo.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/620/projeto_015-2020_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Diretrizes Orçamentária de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/625/projeto_de_lei_no_016-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/625/projeto_de_lei_no_016-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo firmar Termo de fomento com o Conselho Comunitário de Segurança Pública de Cotriguaçu - CONSEG-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/651/projeto_de_lei_no_017-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/651/projeto_de_lei_no_017-2020.pdf</t>
   </si>
   <si>
     <t>Abrir crédito especial para dotação orçamentária por fonte de recursos para Covid 19, alteração da PPA, LDO e LOA e dá outras providências.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/652/projeto_de_lei_no_018-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/652/projeto_de_lei_no_018-2020.pdf</t>
   </si>
   <si>
     <t>Abrir crédito especial para dotação orçamentário por fonte de recursos para pavimentação de novas vias urbanas, para despesa de obras e instalações e alteração da PPA, LDO e LOA e dá outras providências.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/653/projeto_de_lei_no_019-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/653/projeto_de_lei_no_019-2020.pdf</t>
   </si>
   <si>
     <t>Altera a lei nº 1097/2020 que dispõe sobre a LOA - Lei de Diretrizes Orçamentária Anual, Lei nº 1.081/2019 Lei de Diretrizes Orçamentária para 2020 e Lei nº 990/2017 - Plano Plurianual 2018/2021, abrindo crédito adicional especial por recurso próprio e cria Funcional Programática específica Ação 1036 para Construção de Biblioteca Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_no_020-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_no_020-2020.pdf</t>
   </si>
   <si>
     <t>Altera Incisos II e IV do Art. 6º da Lei nº 1.097/2019 e dá outras providências.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/660/projeto_de_lei_no_021-2020.pdfcm.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/660/projeto_de_lei_no_021-2020.pdfcm.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da lei que estruturou o Regime Próprio de Previdência Social do Município de Cotriguaçu/MT e, dá outras providências.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/655/projeto_de_lei_no_022-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/655/projeto_de_lei_no_022-2020.pdf</t>
   </si>
   <si>
     <t>Abre crédito especial proveniente de excesso de arrecadação para dotação orçamentária por fonte de recursos para pavimentação de novas vias urbanas, para despesas de obras e instalações e alteração da PPA, LDO e LOA e dá outras providências.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/664/projeto_de_lei_no_023-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/664/projeto_de_lei_no_023-2020.pdf</t>
   </si>
   <si>
     <t>Altera em partes a Lei Municipal nº 1.097/2019 que estima a receita e fixa a despesa do município de Cotriguaçu para o exercício financeiro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/666/projeto_de_lei_no_024-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/666/projeto_de_lei_no_024-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo firmar termo de fomento com o Conselho Comunitário de Segurança Pública de Cotriguaçu - CONSEG-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/681/projeto_de_lei_no_025-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/681/projeto_de_lei_no_025-2020.pdf</t>
   </si>
   <si>
     <t>Revoga dispositivos da Lei Municipal nº 692/2011 - Que dispõe sobre a reestruturação de regime próprio de Previdência Social do município de Cotriguaçu/MT, e dá outras providências.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/676/projeto_de_lei_no_026-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/676/projeto_de_lei_no_026-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional especial por excesso de arrecadação para proceder a inclusão na programação orçamentária de atividades para o custeio de ações e serviços públicos de assistência social para o enfrentamento da pandemia causada pelo COVID-19, e dá outras providências.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/677/projeto_de_lei_no_027-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/677/projeto_de_lei_no_027-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional especial por excesso de arrecadação para proceder a inclusão na programação orçamentária de atividades para a contratação de técnico agropecuário, e dá outras providências.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/686/projeto_de_lei_no_028-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/686/projeto_de_lei_no_028-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de bairros e ruas no município de Cotriguaçu/MT, e dá outras providências.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/687/projeto_de_lei_no_029-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/687/projeto_de_lei_no_029-2020.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Cotriguaçu para o exercício financeiro de 2021 e dá outras providências.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/683/projeto_de_lei_no_030-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/683/projeto_de_lei_no_030-2020.pdf</t>
   </si>
   <si>
     <t>Revoga dispositivos da Lei Municipal nº 692/2011 - Que dispõe sobre a reestruturação do regime próprio de Previdência Social do município de Cotriguaçu/MT, e dá outras providências.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/688/projeto_de_lei_no_031-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/688/projeto_de_lei_no_031-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para abertura de crédito adicional especial por excesso de arrecadação para proceder a inclusão na programação orçamentária de atividades para aquisição de máquina de café e dá outras providências.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/692/projeto_de_lei_no_032-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/692/projeto_de_lei_no_032-2020.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 1097/2020 que dispõe sobre a LOA - Lei Orçamentária Anual, Lei nº 1.081/2019 Lei de Diretrizes Orçamentária para 2020 e Lei nº 990/2017 - Plano Plurianual 2018/2021, abrindo crédito adicional especial por fonte de recursos de alienação de bens móveis, e dá outras providências.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/698/projeto_de_lei_no_033-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/698/projeto_de_lei_no_033-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo firmar termo de fomento com a Associação Pestalozzi de Cotriguaçu, inscrita no CNPJ 14.989.581/0001-40, e dá outras providências.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/568/projeto_de_lei_complementar_no_001-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/568/projeto_de_lei_complementar_no_001-2020.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REESTRUTURAÇÃO DAS ATRIBUIÇÕES DO CARGO DE AGENTE DE FISCALIZAÇÃO PREVISTAS NA LEI COMPLEMENTAR Nº 048/2014 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/607/projeto_de_lei_complementar_no_002-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/607/projeto_de_lei_complementar_no_002-2020.pdf</t>
   </si>
   <si>
     <t>SÚMULA: Altera Anexo VII da Lei Municipal Complementar nº 002/2001 que estabeleceu o Código Tributário Municipal e seus anexos e dá outras providências.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/667/projeto_lei_complementar_no_003-2020_-_pareceres_e_veto_parcial.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/667/projeto_lei_complementar_no_003-2020_-_pareceres_e_veto_parcial.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da Lei Complementar nº 019/2005 - Estatuto dos Servidores Públicos de Cotriguaçu-MT, revoga dispositivos da Lei nº 692/2011 - que dispõe sobre a reestruturação do Regime Próprio de Previdência Social do Município de Cotriguaçu/MT e revoga dispositivos da Lei Complementar nº 046/2014 que dispõe sobre o Plano de Cargos Carreira e Salário dos Profissionais da Educação Pública Básica do município de Cotriguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/663/projeto_de_lei_complementar_no_004-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/663/projeto_de_lei_complementar_no_004-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo a receber dação em pagamento, em bens imóveis da JURUENA EMPREENDIMENTOS DE COLONIZAÇÃO LTDA, para o fim de extinguir crédito tributário e dá outras providências.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/682/projeto_de_lei_complementar_no_005-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/682/projeto_de_lei_complementar_no_005-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração de Lei Complementar nº 019/2005 - Estatuto dos Servidores Públicos de Cotriguaçu-MT e revoga dispositivos da Lei Complementar nº 064/2014 que dispõe sobre o Plano de Cargos Carreira e Salário dos Profissionais da Educação Pública Básica do município de Cotriguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/694/projeto_de_lei_legislativono_001-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/694/projeto_de_lei_legislativono_001-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe os Subsídios do Vereador e Presidente da Câmara Municipal para a Legislatura do Quadriênio 2021/2024.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/696/projeto_de_lei_legislativono_002-2020.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/696/projeto_de_lei_legislativono_002-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração do Prefeito, do Vice-prefeito e dos secretários municipais para a Legislatura 2021 a 2024.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1896,68 +1896,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/640/edital_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/650/emenda_pl_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/570/indicacao_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/574/indicacao_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/575/indicacao_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/577/indicacao_no_0008-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/578/indicacao_no_0009-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/581/indicacao_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/582/indicacao_no_011-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/583/indicacao_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/584/indicacao_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/585/indicacao_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/591/indicacao_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/592/indicacao_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/593/indicacao_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/594/indicacao_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/595/indicacao_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/596/indicacao_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/597/indicacao_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/598/indicacao_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/599/indicacao_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/600/indicacao_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/602/indicacao_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/604/indicacao_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/605/indicacao_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/608/indicacao_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/609/indicacao_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/610/indicacao_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/611/indicacao_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/612/indicacao_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/615/indicacao_no_034-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/616/indicacao_no_035-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/617/indicacao_no_036-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/618/indicacao_no_037-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/619/indicacao_no_038-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/621/indicacao_no_039-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/622/indicacao_no_040-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/623/indicacao_no_041-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/624/indicacao_no_042-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/626/indicacao_no_043-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/627/indicacao_no_044-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/628/indicacao_no_045-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/629/indicacao_no_046-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/630/indicacao_no_047-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/632/indicacao_no_049-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/633/indicacao_no_050-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/634/indicacao_no_051-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_no_052-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_no_053-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/643/indicacao_no_054-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/644/indicacao_no_055-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_no_056-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_no_057-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_no_058-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_no_059-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/649/indicacao_no_060-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/656/indicacao_no_061-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/657/indicacao_no_062-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/658/indicacao_no_063-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/659/indicacao_no_064-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_no_065-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_no_066-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/668/indicacao_no_067-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/669/indicacao_no_068-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/670/indicacao_no_069-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/671/indicacao_no_070-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_no_071-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_no_072-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_no_073-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_no_074-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/680/indicacao_no_075-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/689/indicacao_no_076-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/690/indicacao_no_077-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/691/indicacao_no_078-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_no_079-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/697/indicacao_no_080-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/613/parecer_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/614/parecer_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/636/parecer_no_003-2020.pdf.f.c.o.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/637/parecer_no_003-2020.pdfc.j.r.f.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/638/parecer_no_004-2020.pdf.f.c.o.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/639/parecer_no_004-2020.pdfc.j.r.f.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/678/parecer_no_005-2020.pdfc.j.r.f.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/679/parecer_no_005-2020.pdf.f.c.o.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/684/parecer_no_006-2020.pdf.f.c.o.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/685/parecer_no_006-2020.pdfc.j.r.f.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/563/projeto_de_lei_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/564/projeto_de_lei_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/565/projeto_de_lei_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/566/projeto_de_lei_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/576/projeto_de_lei_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/580/projeto_de_lei_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/579/projeto_de_lei_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/586/projeto_de_lei_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/587/projeto_de_lei_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/590/projeto_de_lei_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/588/projeto_de_lei_no_011-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/589/projeto_de_lei_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/603/projeto_de_lei_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/606/projeto_de_lei_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/620/projeto_015-2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/625/projeto_de_lei_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/651/projeto_de_lei_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/652/projeto_de_lei_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/653/projeto_de_lei_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/660/projeto_de_lei_no_021-2020.pdfcm.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/655/projeto_de_lei_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/664/projeto_de_lei_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/666/projeto_de_lei_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/681/projeto_de_lei_no_025-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/676/projeto_de_lei_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/677/projeto_de_lei_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/686/projeto_de_lei_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/687/projeto_de_lei_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/683/projeto_de_lei_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/688/projeto_de_lei_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/692/projeto_de_lei_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/698/projeto_de_lei_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/568/projeto_de_lei_complementar_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/607/projeto_de_lei_complementar_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/667/projeto_lei_complementar_no_003-2020_-_pareceres_e_veto_parcial.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/663/projeto_de_lei_complementar_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/682/projeto_de_lei_complementar_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/694/projeto_de_lei_legislativono_001-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/696/projeto_de_lei_legislativono_002-2020.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/640/edital_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/650/emenda_pl_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/570/indicacao_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/571/indicacao_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/572/indicacao_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/573/indicacao_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/574/indicacao_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/575/indicacao_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/577/indicacao_no_0008-2020.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/578/indicacao_no_0009-2020.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/581/indicacao_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/582/indicacao_no_011-2020.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/583/indicacao_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/584/indicacao_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/585/indicacao_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/591/indicacao_no_015-2020.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/592/indicacao_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/593/indicacao_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/594/indicacao_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/595/indicacao_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/596/indicacao_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/597/indicacao_no_021-2020.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/598/indicacao_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/599/indicacao_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/600/indicacao_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/602/indicacao_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/604/indicacao_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/605/indicacao_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/608/indicacao_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/609/indicacao_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/610/indicacao_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/611/indicacao_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/612/indicacao_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/615/indicacao_no_034-2020.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/616/indicacao_no_035-2020.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/617/indicacao_no_036-2020.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/618/indicacao_no_037-2020.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/619/indicacao_no_038-2020.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/621/indicacao_no_039-2020.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/622/indicacao_no_040-2020.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/623/indicacao_no_041-2020.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/624/indicacao_no_042-2020.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/626/indicacao_no_043-2020.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/627/indicacao_no_044-2020.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/628/indicacao_no_045-2020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/629/indicacao_no_046-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/630/indicacao_no_047-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/632/indicacao_no_049-2020.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/633/indicacao_no_050-2020.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/634/indicacao_no_051-2020.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/641/indicacao_no_052-2020.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/642/indicacao_no_053-2020.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/643/indicacao_no_054-2020.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/644/indicacao_no_055-2020.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/645/indicacao_no_056-2020.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/646/indicacao_no_057-2020.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/647/indicacao_no_058-2020.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/648/indicacao_no_059-2020.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/649/indicacao_no_060-2020.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/656/indicacao_no_061-2020.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/657/indicacao_no_062-2020.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/658/indicacao_no_063-2020.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/659/indicacao_no_064-2020.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/661/indicacao_no_065-2020.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/662/indicacao_no_066-2020.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/668/indicacao_no_067-2020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/669/indicacao_no_068-2020.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/670/indicacao_no_069-2020.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/671/indicacao_no_070-2020.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/672/indicacao_no_071-2020.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/673/indicacao_no_072-2020.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/674/indicacao_no_073-2020.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/675/indicacao_no_074-2020.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/680/indicacao_no_075-2020.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/689/indicacao_no_076-2020.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/690/indicacao_no_077-2020.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/691/indicacao_no_078-2020.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/693/indicacao_no_079-2020.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/697/indicacao_no_080-2020.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/613/parecer_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/614/parecer_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/636/parecer_no_003-2020.pdf.f.c.o.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/637/parecer_no_003-2020.pdfc.j.r.f.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/638/parecer_no_004-2020.pdf.f.c.o.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/639/parecer_no_004-2020.pdfc.j.r.f.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/678/parecer_no_005-2020.pdfc.j.r.f.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/679/parecer_no_005-2020.pdf.f.c.o.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/684/parecer_no_006-2020.pdf.f.c.o.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/685/parecer_no_006-2020.pdfc.j.r.f.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/563/projeto_de_lei_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/564/projeto_de_lei_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/565/projeto_de_lei_no_003-2020.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/566/projeto_de_lei_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/576/projeto_de_lei_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/580/projeto_de_lei_no_006-2020.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/579/projeto_de_lei_no_007-2020.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/586/projeto_de_lei_no_008-2020.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/587/projeto_de_lei_no_009-2020.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/590/projeto_de_lei_no_010-2020.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/588/projeto_de_lei_no_011-2020.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/589/projeto_de_lei_no_012-2020.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/603/projeto_de_lei_no_013-2020.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/606/projeto_de_lei_no_014-2020.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/620/projeto_015-2020_ldo.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/625/projeto_de_lei_no_016-2020.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/651/projeto_de_lei_no_017-2020.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/652/projeto_de_lei_no_018-2020.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/653/projeto_de_lei_no_019-2020.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/654/projeto_de_lei_no_020-2020.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/660/projeto_de_lei_no_021-2020.pdfcm.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/655/projeto_de_lei_no_022-2020.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/664/projeto_de_lei_no_023-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/666/projeto_de_lei_no_024-2020.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/681/projeto_de_lei_no_025-2020.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/676/projeto_de_lei_no_026-2020.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/677/projeto_de_lei_no_027-2020.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/686/projeto_de_lei_no_028-2020.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/687/projeto_de_lei_no_029-2020.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/683/projeto_de_lei_no_030-2020.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/688/projeto_de_lei_no_031-2020.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/692/projeto_de_lei_no_032-2020.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/698/projeto_de_lei_no_033-2020.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/568/projeto_de_lei_complementar_no_001-2020.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/607/projeto_de_lei_complementar_no_002-2020.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/667/projeto_lei_complementar_no_003-2020_-_pareceres_e_veto_parcial.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/663/projeto_de_lei_complementar_no_004-2020.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/682/projeto_de_lei_complementar_no_005-2020.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/694/projeto_de_lei_legislativono_001-2020.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2020/696/projeto_de_lei_legislativono_002-2020.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="39.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="138.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="137.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>