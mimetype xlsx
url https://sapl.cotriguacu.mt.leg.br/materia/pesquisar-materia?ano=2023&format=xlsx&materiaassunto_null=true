--- v0 (2025-12-02)
+++ v1 (2026-03-20)
@@ -54,1325 +54,1325 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EDLC</t>
   </si>
   <si>
     <t>Edital Convocação</t>
   </si>
   <si>
     <t>Adriane Mari Loureiro Pestana</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1029/edital_no_01-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1029/edital_no_01-2023.pdf</t>
   </si>
   <si>
     <t>EDITAL DE CONHECIMENTO PÚBLICO Nº 001/2023</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/981/indicacao_no_001-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/981/indicacao_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Junto ao Prefeito Municipal de Cotriguaçu, que providencie a manutenção e reparo das pontes que dão acesso às seguintes linhas e assentamentos:_x000D_
 - Gaúcha._x000D_
 - Vale Verde._x000D_
 - CDR9._x000D_
 - Vieira._x000D_
 - Jaciara._x000D_
 - Estrela._x000D_
 - Entre Rios / Libertação.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Valdirlei Aparecido Vaz</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/982/indicacao_no_002-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/982/indicacao_no_002-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que apresente a essa Casa de Leis, Projeto de Lei que cria nome para o Lago Municipal desta cidade, com o nome de MIGUEL VAZ.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Fabiane Dias Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/983/indicacao_no_003-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/983/indicacao_no_003-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico Junto ao Prefeito Municipal de Cotriguaçu, para que providencie bancos em volta da pista de caminhada no lago central.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/984/indicacao_no_004-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/984/indicacao_no_004-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico Junto ao Prefeito Municipal de Cotriguaçu, para que providencie o cascalhamento, placas de sinalização e estacionamento nas ruas laterais de acesso às Escolas Municipais: Pequeno Cidadão e Santa Maria.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/985/indicacao_no_005-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/985/indicacao_no_005-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico Junto ao Prefeito Municipal de Cotriguaçu de um registro único com informações sobre todas as pessoas que enterradas no cemitério local.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/986/indicacao_no_006-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/986/indicacao_no_006-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico Junto ao Deputado Estadual, que destine recursos para a aquisição de uma moto Pop 100, sendo 38 Agentes Comunitários de Saúde e 05 Agentes de Combate à Endemia.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/990/indicacao_no_007-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/990/indicacao_no_007-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja feita a aquisição de um caminhão prancha.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Cleyton Junior Santos</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/998/indicacao_no_008-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/998/indicacao_no_008-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja feita a concessão de um lote para construção do Quartel da 1ª Cia. de Polícia Militar de Cotriguaçu e Vila Militar.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/999/indicacao_no_009-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/999/indicacao_no_009-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja providenciada a iluminação do campo de futebol, próximo ao ginásio municipal.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1009/indicacao_no_010-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1009/indicacao_no_010-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja feita mapa de arruamento, do prolongamento do Bairro Vitória Régia, localizado próximo a rodoviária aos fundos da subestação de energia.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que intervenha e solicite junto Secretaria de Estado de Infraestrutura e Logística de Mato Grosso - SINFRA, para que seja feito tapa-buraco na MT 170, bem como a limpeza no entorno das placas de sinalização, no trecho que compreende entre Cotriguaçu e Juruena.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1011/indicacao_no_012-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1011/indicacao_no_012-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, a necessidade de reforma da parte elétrica e iluminação do campo de futebol da Comunidade de Nova Esperança.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1025/indicacao_no_013-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1025/indicacao_no_013-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que intervenha junto à Secretaria de Cidades para que providencie a construção de quebra-molas na Avenida Paraná. Ponto de referência: Rua do DETRAN/Rua da pista de testes da Auto-Escola Diretriz.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>Jose Carlos Batista</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1031/indicacao_no_014-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1031/indicacao_no_014-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que encaminhe a essa Casa de Leis, os nomes de TODOS OS SERVIDORES que recebem horas extras ocupantes de cargo em comissão ou função gratificada, tendo em vista o caráter de confiança afeta às atividades de direção, chefia e assessoramento. Outrossim, os relatórios devem vir acompanhados do tempo de ocupação (data de início) do cargo e valores que recebem a título de comissão ou gratificação, bem como as horas extras pagas no decorrer da ocupação do cargo. Igualmente, solicito que seja encaminha eventual banco de horas dos servidores da Prefeitura que figurem as pessoas investidas nas atividades de direção, chefia e assessoramento.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Waldir Luiz Weckwerth</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1035/indicacao_no_015-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1035/indicacao_no_015-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que retorne a prestar os serviços de horas máquinas realizados pela Secretaria de Infraestrutura.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Roberto Machado de Aguiar</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1034/indicacao_no_016-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1034/indicacao_no_016-2023.pdf</t>
   </si>
   <si>
     <t>Junto ao Prefeito Municipal de Cotriguaçu-MT, para que providencie a manutenção da Linha Cafézinho e os travessões, da Linha Cedere 09 e os travessões e a Linha União.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1046/indicacao_no_017-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1046/indicacao_no_017-2023.pdf</t>
   </si>
   <si>
     <t>Requeiro ao Prefeito Municipal que apresente a essa Casa de Leis os números que a redução de custo previsto no Decreto nº 1.621 de 12 de junho de 2023.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1047/indicacao_no_018-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1047/indicacao_no_018-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que intervenha junto à Secretaria de Cidades para que providencie a construção de quebra-molas na Rua Rosa Gilioli.</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Vanilton de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacao_no_019-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacao_no_019-2023.pdf</t>
   </si>
   <si>
     <t>REIVINDICO:_x000D_
 		Junto ao Prefeito Municipal de Cotriguaçu-MT, para que providencie a manutenção e onde necessário a instalação de iluminação pública no Distrito de União, município de Cotriguaçu/MT.</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1053/indicacao_no_020-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1053/indicacao_no_020-2023.pdf</t>
   </si>
   <si>
     <t>REIVINDICO:_x000D_
 		Junto ao Prefeito Municipal de Cotriguaçu-MT, para que providencie a recuperação da Avenida Marechal Rondon, até que seja feito o asfaltamento e a manutenção de um bueiro na Avenida 7 de Setembro, no Distrito de União, município de Cotriguaçu/MT.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Adriane Mari Loureiro Pestana, Cleyton Junior Santos, Fabiane Dias Ferreira, Joaquim Bernardo de Jesus, Jose Carlos Batista, Roberto Machado de Aguiar, Valdirlei Aparecido Vaz, Vanilton de Paula Silva, Waldir Luiz Weckwerth</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacao_no_021-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacao_no_021-2023.pdf</t>
   </si>
   <si>
     <t>Reivindicamos junto ao Prefeito Municipal de Cotriguaçu, que, com a devolução do dinheiro feito pela Câmara Municipal ao município de Cotriguaçu, seja realizada a compra de um ÔNIBUS rodoviário, com 12,5 a 14 metros de cumprimento, com banheiro, com poltronas com vários estágios de reclinação, ar condicionado dentre outras opcionais, como por exemplo, geladeira, etc...</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_no_022-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_no_022-2023.pdf</t>
   </si>
   <si>
     <t>Reivindica junto ao Prefeito Municipal de Cotriguaçu-MT, para que providencie o cascalhamento nos pontos críticos e nos morros das Linhas 03 e 28 e manutenção de ponte  na Linha 09 no Assentamento PA Nova Cotriguaçu, Comunidade Novo Horizonte.</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_no_024-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_no_024-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que seja feito o patrolagem e cascalhamento nas seguintes Linhas:_x000D_
 - Linha União nos trechos que já se encontram com pontos de atoleiro;_x000D_
 - Linha Cascalheira trecho passando pelo abatedouro municipal, córrego Jacarezinho seguindo sentido propriedade da família Schuster.</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_no_025-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_no_025-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Deputado Estadual, que providencie a viabilização de um “Parquinho Infantil” e de uma “Academia ao ar livre” para o Distrito de Ouro Verde dos Pioneiros (Agrovila), Cotriguaçu/MT.</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_no_26-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_no_26-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Deputado Estadual, que providencie a viabilização de recursos para aquisição de uma camionete de uso da Unidade Básica de Saúde (UBS) do Distrito de Ouro Verde dos Pioneiros (Agrovila), Cotriguaçu/MT.</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_no_27-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_no_27-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu-MT, para que providencie a construção de muro no núcleo da Polícia Militar, do Distrito de União, município de Cotriguaçu/MT.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_no_28-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_no_28-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu-MT, para que viabilize a construção de estacionamento em frente a Agência Sicoob, no Distrito de União, município de Cotriguaçu/MT.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_no_29-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_no_29-2023.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu-MT, para que viabilize a  iluminação do campo de futebol na Comunidade Ouro Verde do Norte, município de Cotriguaçu/MT.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>PDCS</t>
   </si>
   <si>
     <t>Parecer das Comissoes</t>
   </si>
   <si>
     <t>COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>COMISSÃO DE JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1000/parecer_no_003-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1000/parecer_no_003-2023.pdf</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1001/parecer_no_004-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1001/parecer_no_004-2023.pdf</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>FISCALIZAÇAO E CONTROLE ORÇAMENTÁRIO</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1006/parecer_no_005-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1006/parecer_no_005-2023.pdf</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>COMISSÃO DE JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1013/parecer_no_008-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1013/parecer_no_008-2023.pdf</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1026/parecer_no_009-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1026/parecer_no_009-2023.pdf</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1027/parecer_no_010-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1027/parecer_no_010-2023.pdf</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1040/parecer_no_011-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1040/parecer_no_011-2023.pdf</t>
   </si>
   <si>
     <t>Parecer sobre o Projeto de Lei nº 024/2023.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1041/parecer_no_012-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1041/parecer_no_012-2023.pdf</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1042/parecer_no_013-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1042/parecer_no_013-2023.pdf</t>
   </si>
   <si>
     <t>Parecer sobre o Projeto de Lei nº 025/2023.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1043/parecer_no_014-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1043/parecer_no_014-2023.pdf</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_no_015-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_no_015-2023.pdf</t>
   </si>
   <si>
     <t>Parecer sobre o Projeto de Lei nº 026/2023.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_no_016-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_no_016-2023.pdf</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1055/parecer_no_017-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1055/parecer_no_017-2023.pdf</t>
   </si>
   <si>
     <t>Parecer sobre o Projeto de Lei nº 028/2023.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1056/parecer_no_018-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1056/parecer_no_018-2023.pdf</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1057/parecer_no_019-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1057/parecer_no_019-2023.pdf</t>
   </si>
   <si>
     <t>Parecer sobre o Projeto de Lei nº 029/2023.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1058/parecer_no_020-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1058/parecer_no_020-2023.pdf</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1071/parecer_no_021-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1071/parecer_no_021-2023.pdf</t>
   </si>
   <si>
     <t>Parecer nº 021/2023 da Comissão de Constituição, Justiça e Redação Final, da Câmara Municipal de Cotriguaçu, sobre o Projeto de Lei nº 037/2023.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1072/parecer_no_022-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1072/parecer_no_022-2023.pdf</t>
   </si>
   <si>
     <t>Parecer nº 022/2023 da Comissão de Fiscalização e Controle Orçamentário, da Câmara Municipal de Cotriguaçu, sobre projeto de Lei 037/2023.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1073/2023_comissao_de_constituica_justica_e_redacao_final.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1073/2023_comissao_de_constituica_justica_e_redacao_final.pdf</t>
   </si>
   <si>
     <t>Parecer nº 023/2023 da Comissão de Constituição, Justiça e Redação Final, da Câmara Municipal de Cotriguaçu, sobre Parecer Prévio Nº 42/2023 – PP, referente às contas anuais de Governo do Exercício 2022, do Prefeito Olírio Oliveira dos Santos (01/01/2022 a 20/11/2022) e Valdivino Mendes dos Santos (21/11/2022 a 31/12/2022).</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1074/parecer_no_024-2023_comissao_de_fiscalizacao_e_controle_orcamenatario.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1074/parecer_no_024-2023_comissao_de_fiscalizacao_e_controle_orcamenatario.pdf</t>
   </si>
   <si>
     <t>Parecer nº 024/2023 da Comissão de Fiscalização e Controle Orçamentário, da Câmara Municipal de Cotriguaçu, sobre Parecer Prévio Nº 42/2023 – PP, referente às contas anuais de Governo do Exercício 2022, do Prefeito Olírio Oliveira dos Santos (01/01/2022 a 20/11/2022) e Valdivino Mendes dos Santos (21/11/2022 a 31/12/2022).</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1075/parecer_no_025-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1075/parecer_no_025-2023.pdf</t>
   </si>
   <si>
     <t>Parecer sobre o Projeto de Lei nº 038/2023.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1076/parecer_no_026-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1076/parecer_no_026-2023.pdf</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Valdivino Mendes dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/978/projeto_de_lei_no_001-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/978/projeto_de_lei_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Cria Feriado Municipal em homenagem à criação do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_lei_no_002-2023_ap..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_lei_no_002-2023_ap..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para celebrar Termo de Fomento com a Associação da Rádio Comunitária de Cotriguaçu, visando a aquisição de equipamentos radiodifusão, de modo que continue a contribuir para a melhoria da qualidade de vida dos cidadãos do Município, através dos serviços prestados, com  repasse de recursos financeiros, e dá outras providências.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/996/projeto_de_lei_no_003-2023._retirado.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/996/projeto_de_lei_no_003-2023._retirado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para concessão de auxílio moradia e auxílio alimentação aos médicos integrantes do "Programa Médicos Pelo Brasil", instituído pela Lei Federal n.º 13.958, de 18 de dezembro de 2019, e dá outras providências.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/991/projeto_de_lei_no_004-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/991/projeto_de_lei_no_004-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal de Cotriguaçu, Estado de Mato Grosso, a permitir propagandas de cunho comercial, mediante locação de espaços públicos, nos estádios, quadras e ginásios pertencentes ao patrimônio municipal, e dá outras Providências.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/994/projeto_de_lei_no_005-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/994/projeto_de_lei_no_005-2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre Autorização para Concessão de Ajuda de Custo aos Médicos Integrantes do “PROGRAMA MÉDICOS PELO BRASIL”, que atuam no Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/993/projeto_de_lei_no_006-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/993/projeto_de_lei_no_006-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a abrir crédito adicional especial por superávit financeiro de exercícios anteriores, do orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/997/projeto_de_lei_no_007-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/997/projeto_de_lei_no_007-2023..pdf</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_no_008-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_no_008-2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Funcionamento do Conselho Tutelar, do Município de Cotriguaçu, Estado de Mato Grosso, e dá outras Providências.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1005/projeto_de_lei_no_009-2023._ap.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1005/projeto_de_lei_no_009-2023._ap.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Combate e Prevenção da Dengue e outros vetores transmissores e estabelece medidas obrigatórias de prevenção, fiscalização e eliminação dos criadouros do mosquito do Dengue (Aedes aegipty) no âmbito do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1003/projeto_de_lei_no_010-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1003/projeto_de_lei_no_010-2023..pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso III, do art. 44, e o ANEXO ÚNICO, da Lei Municipal n.º 692/2011, que Reestruturou o Regime Próprio de Previdência Social do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1004/projeto_de_lei_no_011-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1004/projeto_de_lei_no_011-2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Perímetro Urbano e a Denominação dos Bairros e das Vias Públicas do Distrito de Nova União e do Distrito de Ouro Verde dos Pioneiros, do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1008/projeto_de_lei_no_012-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1008/projeto_de_lei_no_012-2023..pdf</t>
   </si>
   <si>
     <t>Altera as redações do art. 5.º, da Lei Municipal n.º 1.153/2021, que instituiu o Regime de Previdência Complementar no âmbito do Município de Cotriguaçu-MT, fixa o limite máximo para a concessão de aposentadorias e pensões pelo regime de previdência de que trata o art. 40, da Constituição Federal, autoriza a adesão a plano de benefícios de Previdência Complementar, e do art. 1.º, da Lei Municipal n.º 1.205/2022, que regulamenta a opção de migração para o Regime de Previdência Complementar do Município de Cotriguaçu por servidores ora vinculados a outras regras previdenciárias, nos termos do art. 40, § 16, da Constituição Federal e do art. 5.º, da Lei Municipal n.º 1.153, de 05 de outubro de 2021, e da dá outras providências.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1015/projeto_de_lei_no_13-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1015/projeto_de_lei_no_13-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Diretrizes Orçamentária de 2024, e da outras providências.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1014/projeto_de_lei_no_014-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1014/projeto_de_lei_no_014-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a realizar chamamento público visando firmar parceria com pessoa jurídica de direito privado, para disponibilização de forma gratuita de acesso à internet sem fio - WI_FI, em determinados pontos públicos de Cotriguaçu, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar termo de fomento com a Associação Atlética Cotriguaçuense - ASAC, visando a cessão de uso do bar do ginásio poliesportivo Municipal, para exploração comercial de bebidas e lanches nos eventos esportivos em geral, sem repasse de recursos financeiros, e dá outras providências.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1017/projeto_de_lei_no_017-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1017/projeto_de_lei_no_017-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a outorgar a concessão de uso de área pública aeroportuária externa, a título oneroso, para construção de Hangares e exploração comercial de estacionamento de aeronaves, no Aeroporto Municipal de Cotriguaçu, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1019/projeto_de_lei_no_017-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1019/projeto_de_lei_no_017-2023..pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n.º 1.213/2022, com a finalidade de complementar o repasse de recursos financeiros, mediante Termo de Fomento, para a Associação Pestalozzi de Cotriguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1021/projeto_de_lei_no_018-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1021/projeto_de_lei_no_018-2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para celebrar Termo de Cooperação com o Sindicato Rural de Cotriguaçu, visando a cooperação mútua, na realização do Evento da 17.ª EXPOCOTRI e da 28.ª Festa do Peão, do ano de 2023, no Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1022/projeto_de_lei_no_019-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1022/projeto_de_lei_no_019-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a abrir crédito adicional especial por superávit financeiros de exercícios anteriores, do orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1024/projeto_de_lei_no_020-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1024/projeto_de_lei_no_020-2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre condições de pagamento da dívida ativa, no período que menciona, para a concessão de parcelamento especial de débitos fiscais, dispensa de juros e multas, nas condições que estabelece, no âmbito do município de Cotriguaçu, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1023/projeto_de_lei_no_021-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1023/projeto_de_lei_no_021-2023..pdf</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1033/projeto_de_lei_no_022-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1033/projeto_de_lei_no_022-2023..pdf</t>
   </si>
   <si>
     <t>AUTORIZA  O PODER EXECUTIVO MUNICIPAL, A ABRIR CRÉDITO SUPLEMENTAR ESPECIAL NO ORÇAMENTO VIGENTE PARA O EXERCÍCIO FINANCEIRO DE 2023, NO VALOR QUE MENCIONA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1032/projeto_de_lei_no_023-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1032/projeto_de_lei_no_023-2023..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO MUNICIPAL VIGENTE, NO VALOR QUE MENCIONA, COM A UTILIZAÇÃO DE SUPERÁVIT FINANCEIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1036/projeto_de_lei_no_024-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1036/projeto_de_lei_no_024-2023..pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n.º 1.206/2022, que estima a receita e fixa a despesa do município de Cotriguaçu, Estado de Mato Grosso, da Administração direta e indireta, para o exercício financeiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1037/projeto_de_lei_no_025-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1037/projeto_de_lei_no_025-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o poder Executivo Municipal, a abrir crédito adicional suplementar no orçamento vigente para o exercício financeiro de 2023, no valor que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1038/projeto_de_lei_no_026-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1038/projeto_de_lei_no_026-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a abrir crédito adicional especial por superávit financeiro do exercício anterior, no orçamento vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1039/projeto_de_lei_no_027-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1039/projeto_de_lei_no_027-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a abrir crédito adicional especial no orçamento vigente no valor que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1049/projeto_de_lei_no_028-2023...0001_-_copia.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1049/projeto_de_lei_no_028-2023...0001_-_copia.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n.º 1.206/2022, que estima a receita e fixa a despesa do Município de Cotriguaçu, Estado de Mato Grosso, da Administração Direta e Indireta, para o Exercício de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1050/projeto_de_lei_no_029-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1050/projeto_de_lei_no_029-2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Municipal de Agricultura Familiar e Indígena de Cotriguaçu - PMAFI, e dá outras providências.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Regime Próprio de Previdência Social do Município de Cotriguaçu/MT e, dá outras providências.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1059/projeto_de_lei_no_031-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1059/projeto_de_lei_no_031-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a abrir Crédito Adicional Especial, do Orçamento Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1063/projeto_de_lei_no_032-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1063/projeto_de_lei_no_032-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder isenção do Imposto de Transmissão de Bens Imóveis - ITBI, exclusivamente, para imóveis localizados no bairro Progresso do Município de Cotriguaçu, Estado de Mato Grosso, pelo período que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1062/projeto_de_lei_no_033-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1062/projeto_de_lei_no_033-2023..pdf</t>
   </si>
   <si>
     <t>Autoriza o Pode Executivo Municipal a prorrogar o prazo para adesão ao REFIS MUNICIPAL, instituído pela Lei Municipal n.º 1.235/2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1061/projeto_de_lei_no_034-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1061/projeto_de_lei_no_034-2023..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Auxílio Financeiro da União Federal para complementação do piso salarial nacional dos enfermeiros, técnicos e auxiliares de enfermagem a parteira da área da saúde pública repassado ao poder Executivo de Cotriguaçu-MT, referente ao exercício de 2023, consoante disposto na Lei Federal n.º 14.434, de 04 de agosto de 2022, e dá outras providências.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1066/projeto_de_lei_no_035-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1066/projeto_de_lei_no_035-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a abertura de Crédito Adicional Especial no Orçamento Municipal Vigente, no valor que menciona, com a utilização de Superávit Financeiro, e dá outras providências.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1067/projeto_de_lei_no_036-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1067/projeto_de_lei_no_036-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover concessão de imóvel público que menciona,e dá outras providências.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1064/projeto_de_lei_no_037-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1064/projeto_de_lei_no_037-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover concessão da área de terras urbanas do Município que menciona, a Igreja Evangélica Assembleia de Deus de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1068/projeto_de_lei_no_038-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1068/projeto_de_lei_no_038-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orçamentária Anual – LOA, do Município de Cotriguaçu, Estado de Mato Grosso, que estima a receita e fixa a despesa para o exercício financeiro de 2024, em conformidade com as disposições da Lei de Diretrizes Orçamentárias - LDO, e dá outras providências.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1069/projeto_de_lei_no_039-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1069/projeto_de_lei_no_039-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação do Cemitério Municipal de Cemitério Municipal Morada da Paz, e dá outras providências.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1070/projeto_de_lei_no_040-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1070/projeto_de_lei_no_040-2023.pdf</t>
   </si>
   <si>
     <t>Altera os anexos da Lei Municipal n.º 1.147/2021, que dispõe sobre o Plano Plurianual para o período 2022 a 2025, e a Lei Municipal n.º 1.229/2023, Lei de Diretrizes Orçamentária para exercício de 2024, para incluir Ações e Projetos Atividades que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1080/projeto_de_lei_no_041-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1080/projeto_de_lei_no_041-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal, a abrir Crédito Adicional Especial por Superávit Financeiro do Exercício Anterior, no Orçamento Vigente, e dá outras providências.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1081/projeto_de_lei_no_042-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1081/projeto_de_lei_no_042-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n.º 1.229/2023, que dispõe sobre as diretrizes para a elaboração da lei diretrizes orçamentária de 2024, e da outras providencias.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1082/projeto_de_lei_no_043-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1082/projeto_de_lei_no_043-2023.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n.º 1.254/2023, que estima a receita e fixa a despesa do Município de Cotriguaçu, Estado de Mato Grosso, da Administração Direta e Indireta, para o Exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1083/projeto_de_lei_no_044-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1083/projeto_de_lei_no_044-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Fomento com a Associação Atlética Cotriguaçuense - ASAC, visando principalmente dar suporte estrutural para o desenvolvimento das atividades de iniciação esportiva, de lazer e de competições municipais e regionais realizadas no Município, mediante parceria com o Departamento Municipal de Esportes, propondo um Calendário Esportivo Municipal, com repasse de recursos financeiros, e dá outras providências.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1079/projeto_de_lei_no_045-2023_ret.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1079/projeto_de_lei_no_045-2023_ret.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Fomento com a Associação da Rádio Comunitária de Cotriguaçu, visando a reforma e construção de suas instalações, de modo que continue a contribuir para a melhoria da qualidade de vida dos cidadãos do Município, através dos serviços de utilidade publica prestados, com repasse de recursos financeiros, e dá outras providências.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1084/projeto_de_lei_no_046-2023_2.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1084/projeto_de_lei_no_046-2023_2.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a doação em favor do Estado de Mato Grosso, das áreas urbanas que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1085/projeto_de_lei_no_047-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1085/projeto_de_lei_no_047-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para celebrar Termo de Fomento com o Conselho Comunitário de Segurança Pública de Cotriguaçu - CONSEG, visando custear despesas administrativas (material de consumo, expediente, permanente e prestação de serviços) das Delegacias de Polícia Civil e Destacamentos de Polícia Militar, da sede do Município de Cotriguaçu-MT e do Distrito de Nova  União, com repasse de recursos financeiros, e dá outras providências.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1086/projeto_de_lei_no_048-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1086/projeto_de_lei_no_048-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Fomento com a Associação Pestalozzi de Cotriguaçu, visando promover melhores condições sociais as pessoas com deficiência, com repasse de recursos financeiros, para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1087/projeto_de_lei_no_049-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1087/projeto_de_lei_no_049-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a celebrar Termo de Cessão de Servidor efetivo com o Consórcio Intermunicipal de Desenvolvimento Econômico, Social e Ambiental do Vale do Juruena, e dá outras Providências.</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1088/projeto_de_lei_no_050-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1088/projeto_de_lei_no_050-2023.pdf</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1089/projeto_de_lei_no_051-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1089/projeto_de_lei_no_051-2023.pdf</t>
   </si>
   <si>
     <t>Altera o ANEXO ÚNICO, da Lei Municipal n.º 1.134/2021, para fins de autorização legislativa visando a contratação de pessoal por tempo determinado para atender a necessidade temporária de excepcional interesse público, nos termos do Inciso IX, do art. 37, da Constituição Federal, no âmbito do Município de Cotriguaçu-MT, para o Exercício Financeiro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1099/projeto_de_lei_no_052-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1099/projeto_de_lei_no_052-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Cooperação com o Sindicato Rural de Cotriguaçu, visando a cooperação mútua, na realização do Evento da 18.ª EXPOCOTRI e da 29.ª Festa do Peão, do ano de 2024, no Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_no_053-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_no_053-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Fomento com a Associação Moto Clube Radical de Cotriguaçu, visando realizar eventos esportivos no âmbito do Motocross, prestando serviços de natureza relevante e notório de caráter comunitário e social, contribuindo ao interesse público na promoção do esporte no Município de Cotriguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_no_054-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_no_054-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a permutar o imóvel pertencente ao patrimônio municipal que menciona, com a. pessoa física Adalberto Tholken, com base no art. 17, inciso I, alínea "c", combinado com o art. 24, inciso X, da Lei Federal n.º 8.666/93 e suas alterações posteriores, e dá outras providências.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1102/projeto_de_lei_no_055-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1102/projeto_de_lei_no_055-2023.pdf</t>
   </si>
   <si>
     <t>Altera o dispositivo da Lei Municipal n.º 973/2017, que institui o auxílio-alimentação aos servidores públicos municipais, titulares de cargos de provimento efetivo, em comissão, efetivos ou não, e contratados temporariamente, do Poder Executivo do Município de Cotriguaçu, Estado Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/995/projeto_de_lei_complementar_no_001-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/995/projeto_de_lei_complementar_no_001-2023.pdf</t>
   </si>
   <si>
     <t>Acrescenta dispositivos e altera ANEXOS, da Lei Complementar Municipal n.º 104/2022, que dispõe sobre a Nova Organização da Estrutura Administrativa, do Quadro de Pessoal de Agentes Políticos e Cargos em Comissão e das Funções Gratificadas, da Administração Pública Direta e Indireta, do Poder Executivo do Município de Cotriguaçu, Estado de Mato Grosso, cria Órgão e Cargos de Agente Político e em Comissão, e dá outras providências.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1018/projeto_de_lei_complementar_no_002-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1018/projeto_de_lei_complementar_no_002-2023.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder o desconto que menciona, no pagamento a vista do Imposto Predial e Territorial Urbano - IPTU para o exercício financeiro de 2023, institui o "programa Contribuinte Premiado 2023", e dá outras providências.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1020/projeto_de_lei_complementar_no_003-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1020/projeto_de_lei_complementar_no_003-2023.pdf</t>
   </si>
   <si>
     <t>Altera o ANEXO II, da Lei Complementar Municipal n.º 002/2001, que dispõe sobre o Sistema Tributário do Município de Cotriguaçu- MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1091/projeto_de_lei_complementar_004-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1091/projeto_de_lei_complementar_004-2023.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Revisão Geral Anual dos subsídios do Prefeito, do Vice-Prefeito, dos Secretários Municipais, dos Vereadores e dos vencimentos dos Servidores Públicos Municipais, da Administração Pública Direita e Indireta do Poder Executivo e do Poder Legislativo, do Município de Cotriguaçu, Estado de Mato Grosso, a teor do artigo 37, inciso X, da Constituição Federal, relativo ao exercício financeiro de 2023, e dá outras providências.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Presidente</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1030/projeto_de_lei_legislativo_no_001-2023..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1030/projeto_de_lei_legislativo_no_001-2023..pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a concessão de auxílio de assistência suplementar e dá outras providências”.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/980/projeto_de_resolucao_no_001-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/980/projeto_de_resolucao_no_001-2023.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO PERMANENTE , DA CÂMARA MUNICIPAL DE COTRIGUAÇU.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1054/projeto_de_resolucao_no_003-2023....pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1054/projeto_de_resolucao_no_003-2023....pdf</t>
   </si>
   <si>
     <t>ALTERA A COMISSÃO PERMANENTE DA CÂMARA DE COTRIGUAÇU.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1098/projeto_de_resolucao_no_04-2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1098/projeto_de_resolucao_no_04-2023.pdf</t>
   </si>
   <si>
     <t>Altera o auxílio-alimentação aos servidores públicos efetivos, e comissionados do Poder Legislativo do Município de Cotriguaçu – MT estabelecido pela resolução nº. 011/2017, nas condições que específica, e dá outras providências.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto Emenda a Lei Organica</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1048/proposta_de_lei_organica_no_001-2023....pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1048/proposta_de_lei_organica_no_001-2023....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da redação do art. 195 e parágrafos, revoga o art. 191-B, ambos da Lei Orgânica do Município, que tratam do Regime Próprio da Previdência Social do Município, de acordo com a Emenda Constitucional n.º 103/2019, e dá outras providências.</t>
   </si>
   <si>
     <t>1060</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1060/proposta_de_emenda_a_lei_organica_no_002-2023....pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1060/proposta_de_emenda_a_lei_organica_no_002-2023....pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração da redação do inciso II do art. 15 da Lei Orgânica Municipal, que trata da apresentação do Projeto de Lei de Diretrizes Orçamentárias, e dá outras providências.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio/ Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas  de Mato Grosso - TCE-MT</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1065/89362-2022wm.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1065/89362-2022wm.pdf</t>
   </si>
   <si>
     <t>Processo nº 8.936-2/2022TCE-MT (CONTAS ANUAIS DE GOVERNO MUNICIPAL)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1679,67 +1679,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1029/edital_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/981/indicacao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/982/indicacao_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/983/indicacao_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/984/indicacao_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/985/indicacao_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/986/indicacao_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/990/indicacao_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/998/indicacao_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/999/indicacao_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1009/indicacao_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1011/indicacao_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1025/indicacao_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1031/indicacao_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1035/indicacao_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1034/indicacao_no_016-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1046/indicacao_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1047/indicacao_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacao_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1053/indicacao_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacao_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_no_024-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_no_025-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1000/parecer_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1001/parecer_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1006/parecer_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1013/parecer_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1026/parecer_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1027/parecer_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1040/parecer_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1041/parecer_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1042/parecer_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1043/parecer_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_no_016-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1055/parecer_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1056/parecer_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1057/parecer_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1058/parecer_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1071/parecer_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1072/parecer_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1073/2023_comissao_de_constituica_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1074/parecer_no_024-2023_comissao_de_fiscalizacao_e_controle_orcamenatario.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1075/parecer_no_025-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1076/parecer_no_026-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/978/projeto_de_lei_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_lei_no_002-2023_ap..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/996/projeto_de_lei_no_003-2023._retirado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/991/projeto_de_lei_no_004-2023..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/994/projeto_de_lei_no_005-2023..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/993/projeto_de_lei_no_006-2023..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/997/projeto_de_lei_no_007-2023..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_no_008-2023..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1005/projeto_de_lei_no_009-2023._ap.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1003/projeto_de_lei_no_010-2023..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1004/projeto_de_lei_no_011-2023..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1008/projeto_de_lei_no_012-2023..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1015/projeto_de_lei_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1014/projeto_de_lei_no_014-2023..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1017/projeto_de_lei_no_017-2023..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1019/projeto_de_lei_no_017-2023..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1021/projeto_de_lei_no_018-2023..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1022/projeto_de_lei_no_019-2023..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1024/projeto_de_lei_no_020-2023..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1023/projeto_de_lei_no_021-2023..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1033/projeto_de_lei_no_022-2023..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1032/projeto_de_lei_no_023-2023..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1036/projeto_de_lei_no_024-2023..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1037/projeto_de_lei_no_025-2023..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1038/projeto_de_lei_no_026-2023..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1039/projeto_de_lei_no_027-2023..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1049/projeto_de_lei_no_028-2023...0001_-_copia.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1050/projeto_de_lei_no_029-2023..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1059/projeto_de_lei_no_031-2023..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1063/projeto_de_lei_no_032-2023..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1062/projeto_de_lei_no_033-2023..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1061/projeto_de_lei_no_034-2023..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1066/projeto_de_lei_no_035-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1067/projeto_de_lei_no_036-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1064/projeto_de_lei_no_037-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1068/projeto_de_lei_no_038-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1069/projeto_de_lei_no_039-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1070/projeto_de_lei_no_040-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1080/projeto_de_lei_no_041-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1081/projeto_de_lei_no_042-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1082/projeto_de_lei_no_043-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1083/projeto_de_lei_no_044-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1079/projeto_de_lei_no_045-2023_ret.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1084/projeto_de_lei_no_046-2023_2.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1085/projeto_de_lei_no_047-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1086/projeto_de_lei_no_048-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1087/projeto_de_lei_no_049-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1088/projeto_de_lei_no_050-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1089/projeto_de_lei_no_051-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1099/projeto_de_lei_no_052-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_no_053-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1102/projeto_de_lei_no_055-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/995/projeto_de_lei_complementar_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1018/projeto_de_lei_complementar_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1020/projeto_de_lei_complementar_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1091/projeto_de_lei_complementar_004-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1030/projeto_de_lei_legislativo_no_001-2023..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/980/projeto_de_resolucao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1054/projeto_de_resolucao_no_003-2023....pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1098/projeto_de_resolucao_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1048/proposta_de_lei_organica_no_001-2023....pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1060/proposta_de_emenda_a_lei_organica_no_002-2023....pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1065/89362-2022wm.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1029/edital_no_01-2023.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/981/indicacao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/982/indicacao_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/983/indicacao_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/984/indicacao_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/985/indicacao_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/986/indicacao_no_006-2023.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/990/indicacao_no_007-2023.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/998/indicacao_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/999/indicacao_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1009/indicacao_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1011/indicacao_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1025/indicacao_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1031/indicacao_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1035/indicacao_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1034/indicacao_no_016-2023.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1046/indicacao_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1047/indicacao_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1052/indicacao_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1053/indicacao_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1077/indicacao_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1090/indicacao_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1092/indicacao_no_024-2023.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1093/indicacao_no_025-2023.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1094/indicacao_no_26-2023.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1095/indicacao_no_27-2023.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1096/indicacao_no_28-2023.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1097/indicacao_no_29-2023.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1000/parecer_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1001/parecer_no_004-2023.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1006/parecer_no_005-2023.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1013/parecer_no_008-2023.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1026/parecer_no_009-2023.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1027/parecer_no_010-2023.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1040/parecer_no_011-2023.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1041/parecer_no_012-2023.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1042/parecer_no_013-2023.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1043/parecer_no_014-2023.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1044/parecer_no_015-2023.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1045/parecer_no_016-2023.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1055/parecer_no_017-2023.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1056/parecer_no_018-2023.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1057/parecer_no_019-2023.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1058/parecer_no_020-2023.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1071/parecer_no_021-2023.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1072/parecer_no_022-2023.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1073/2023_comissao_de_constituica_justica_e_redacao_final.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1074/parecer_no_024-2023_comissao_de_fiscalizacao_e_controle_orcamenatario.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1075/parecer_no_025-2023.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1076/parecer_no_026-2023.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/978/projeto_de_lei_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/979/projeto_de_lei_no_002-2023_ap..pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/996/projeto_de_lei_no_003-2023._retirado.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/991/projeto_de_lei_no_004-2023..pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/994/projeto_de_lei_no_005-2023..pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/993/projeto_de_lei_no_006-2023..pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/997/projeto_de_lei_no_007-2023..pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1002/projeto_de_lei_no_008-2023..pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1005/projeto_de_lei_no_009-2023._ap.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1003/projeto_de_lei_no_010-2023..pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1004/projeto_de_lei_no_011-2023..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1008/projeto_de_lei_no_012-2023..pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1015/projeto_de_lei_no_13-2023.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1014/projeto_de_lei_no_014-2023..pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1017/projeto_de_lei_no_017-2023..pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1019/projeto_de_lei_no_017-2023..pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1021/projeto_de_lei_no_018-2023..pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1022/projeto_de_lei_no_019-2023..pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1024/projeto_de_lei_no_020-2023..pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1023/projeto_de_lei_no_021-2023..pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1033/projeto_de_lei_no_022-2023..pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1032/projeto_de_lei_no_023-2023..pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1036/projeto_de_lei_no_024-2023..pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1037/projeto_de_lei_no_025-2023..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1038/projeto_de_lei_no_026-2023..pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1039/projeto_de_lei_no_027-2023..pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1049/projeto_de_lei_no_028-2023...0001_-_copia.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1050/projeto_de_lei_no_029-2023..pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1059/projeto_de_lei_no_031-2023..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1063/projeto_de_lei_no_032-2023..pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1062/projeto_de_lei_no_033-2023..pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1061/projeto_de_lei_no_034-2023..pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1066/projeto_de_lei_no_035-2023.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1067/projeto_de_lei_no_036-2023.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1064/projeto_de_lei_no_037-2023.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1068/projeto_de_lei_no_038-2023.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1069/projeto_de_lei_no_039-2023.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1070/projeto_de_lei_no_040-2023.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1080/projeto_de_lei_no_041-2023.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1081/projeto_de_lei_no_042-2023.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1082/projeto_de_lei_no_043-2023.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1083/projeto_de_lei_no_044-2023.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1079/projeto_de_lei_no_045-2023_ret.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1084/projeto_de_lei_no_046-2023_2.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1085/projeto_de_lei_no_047-2023.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1086/projeto_de_lei_no_048-2023.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1087/projeto_de_lei_no_049-2023.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1088/projeto_de_lei_no_050-2023.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1089/projeto_de_lei_no_051-2023.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1099/projeto_de_lei_no_052-2023.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1100/projeto_de_lei_no_053-2023.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1101/projeto_de_lei_no_054-2023.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1102/projeto_de_lei_no_055-2023.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/995/projeto_de_lei_complementar_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1018/projeto_de_lei_complementar_no_002-2023.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1020/projeto_de_lei_complementar_no_003-2023.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1091/projeto_de_lei_complementar_004-2023.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1030/projeto_de_lei_legislativo_no_001-2023..pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/980/projeto_de_resolucao_no_001-2023.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1054/projeto_de_resolucao_no_003-2023....pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1098/projeto_de_resolucao_no_04-2023.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1048/proposta_de_lei_organica_no_001-2023....pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1060/proposta_de_emenda_a_lei_organica_no_002-2023....pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2023/1065/89362-2022wm.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H122"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="198.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="144.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="143.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>