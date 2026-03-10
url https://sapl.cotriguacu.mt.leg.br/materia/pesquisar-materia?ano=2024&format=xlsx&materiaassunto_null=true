--- v0 (2025-12-02)
+++ v1 (2026-03-10)
@@ -54,1183 +54,1183 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EDL</t>
   </si>
   <si>
     <t>Edital</t>
   </si>
   <si>
     <t>Adriane Mari Loureiro Pestana</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1111/edital_de_conhecimento_publico_no_01-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1111/edital_de_conhecimento_publico_no_01-2024.pdf</t>
   </si>
   <si>
     <t>EDITAL DE CONHECIMENTO PÚBLICO Nº 01/2024 ( CONTAS DO EXERCÍCIO 2023).</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/edital_de_conhecimento_publico_no_02-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/edital_de_conhecimento_publico_no_02-2024.pdf</t>
   </si>
   <si>
     <t>EDITAL DE CONHECIMENTO PÚBLICO Nº 02/2024,._x000D_
 CONTAS ANUAIS DE GOVERNO DO EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1217/edital_de_conhecimento_publico_no_03-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1217/edital_de_conhecimento_publico_no_03-2024.pdf</t>
   </si>
   <si>
     <t>Edital de conhecimento público das contas Anuais de Governo do  Exercício 2023</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Jose Carlos Batista</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1103/indicacao_no_01-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1103/indicacao_no_01-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o cascalhamento de pontos críticos e morros da Linha V5 Lambari e Linha 08.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1104/indicacao_no_02-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1104/indicacao_no_02-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o cascalhamento de morros e pontos críticos na Linha R1, nas proximidades das propriedades dos senhores Aldo e Baiano até na Fazenda Naviraí e dois pontos críticos na Linha Lona Amarela próximo a propriedade do Senhor Raoni (comprador de boi).</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>Fabiane Dias Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1105/indicacao_no_03-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1105/indicacao_no_03-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a manutenção das seguintes pontes na Linha da Balsa (no sentido Cotriguaçu a Linha da Balsa)._x000D_
 •	Primeira ponte depois da entrada da Fazenda Guadalupe;_x000D_
 •	Primeira ponte depois da Fazenda Águas Claras;_x000D_
 •	Primeira ponte depois da torre.</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>Vanilton de Paula Silva</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1131/indicacao_no_04-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1131/indicacao_no_04-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção de uma ponte na Linha 23, sobre o Rio da Anta, próximo a propriedade do popular Senhor "Gente Boa".</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1141/indicacao_no_05-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1141/indicacao_no_05-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção de uma quadra de areia para prática de Beach tênis e voleibol, no terreno anexo ao Lago Municipal localizado na Av. 20 de Dezembro, próximo a Biblioteca Municipal.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_no_06-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_no_06-2024.pdf</t>
   </si>
   <si>
     <t>Reivindica junto ao Prefeito Municipal, que determine ao setor competente realizar obras do tipo tapa-buracos ou recapeamento asfáltico na via que dá acesso à entrada da cidade.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1170/indicacao_no_07-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1170/indicacao_no_07-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o patrolamento da Linha 28 sentido Novo Horizonte.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1169/indicacao_no_08-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1169/indicacao_no_08-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção de seis quebra-molas na Avenida Marechal Rondon, nas seguintes localidades:_x000D_
 •	Em frente o destacamento da Polícia Militar;_x000D_
 •	Em frente à Moto Brasil;_x000D_
 •	Em frente ao Mercado 2 Irmãos;_x000D_
 •	Em frente à Aline Agro Rural;_x000D_
 •	Em frente à Cido Motos; e_x000D_
 •	Em frente ao Posto Capeleto.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1173/indicacao_no_09-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1173/indicacao_no_09-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a aquisição e instalação de ar condicionado para Casa de Apoio do município.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1177/indicacao_no_10-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1177/indicacao_no_10-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o prancheamento de uma ponte na Linha V5, próximo a propriedade do Senhor Cemir.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Valdirlei Aparecido Vaz</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1183/indicacao_no_11-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1183/indicacao_no_11-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que municipalize a estrada na Linha Paraná conhecida como “Linha do Primo”.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1184/indicacao_no_12-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1184/indicacao_no_12-2024.pdf</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1182/indicacao_no_13-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1182/indicacao_no_13-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a compra de um veículo para uso das Unidades Básicas de Saúde.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1185/indicacao_no_14-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1185/indicacao_no_14-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o prancheamento de 04 (quatro) pontes e a construção de 02 (duas) pontes no trecho da MT 170, de Cotriguaçu a Nova União, rodovia Olírio Oliveira dos Santos.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1186/indicacao_no_16-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1186/indicacao_no_16-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção de um quebra-molas na linha 08, em frente o Sítio do Sr. Agnaldo.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1187/indicacao_no_16-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1187/indicacao_no_16-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o cascalhamento da Linha 09, Distrito de Nova União.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1189/indicacao_no_17-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1189/indicacao_no_17-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o prancheamento de uma ponte na Linha 28, próximo a Comunidade Novo Horizonte.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/indicacao_no_18-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/indicacao_no_18-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção de uma ponte na Linha 01, próximo a propriedade do Senhor “Matuzinho”.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/indicacao_no_19-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/indicacao_no_19-2024.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção de uma ponte na Linha 04, próximo a propriedade do Senhor “Dimarzinho”.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>PDCS</t>
   </si>
   <si>
     <t>Parecer das Comissoes</t>
   </si>
   <si>
     <t>CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1113/parecer_no_01-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1113/parecer_no_01-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUÍÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
     <t>FISCALIZAÇAO E CONTROLE ORÇAMENTÁRIO</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1114/parecer_no_02-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1114/parecer_no_02-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1115/parecer_no_03-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1115/parecer_no_03-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUÍÇÃO,  JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/parecer_no_04-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/parecer_no_04-2024.pdf</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1117/parecer_no_05-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1117/parecer_no_05-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUÚÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1118/parecer_no_06-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1118/parecer_no_06-2024.pdf</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1125/parecer_no_07-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1125/parecer_no_07-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUÍÇÃO E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1124/parecer_no_08-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1124/parecer_no_08-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1134/parecer_no_09-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1134/parecer_no_09-2024.pdf</t>
   </si>
   <si>
     <t>CONSTITUÍÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1155/parecer_no_11-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1155/parecer_no_11-2024.pdf</t>
   </si>
   <si>
     <t>A COMISSÃO DE FISCALIZAÇÃO E CONTROLE OPRÇAMENTÁRIO.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/parecer_no_12-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/parecer_no_12-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUÍÇÃO,  JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/parecer_no_13-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/parecer_no_13-2024.pdf</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1158/parecer_no_14-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1158/parecer_no_14-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUÍÇÃO E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1159/parecer_no_15-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1159/parecer_no_15-2024.pdf</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1160/parecer_no_16-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1160/parecer_no_16-2024.pdf</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1161/parecer_no_17-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1161/parecer_no_17-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FISCALIZÇÃO E CONTROLE ORÇAMENTÁRIO.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1162/parecer_no_18-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1162/parecer_no_18-2024.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUÍÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1163/parecer_no_19-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1163/parecer_no_19-2024.pdf</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1164/parecer_no_20-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1164/parecer_no_20-2024.pdf</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1172/parecer_no_21-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1172/parecer_no_21-2024.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão sobre o Projeto de Lei nº 015/2024.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1171/parecer_no_22-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1171/parecer_no_22-2024.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão sobre o Projeto de Lei nº 015/2024</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/parecer_no_23-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/parecer_no_23-2024.pdf</t>
   </si>
   <si>
     <t>Parecer sobre o Projeto de Lei nº 032/2024</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/parecer_no_24-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/parecer_no_24-2024.pdf</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/parecer_no_25-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/parecer_no_25-2024.pdf</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/parecer_no_26-2024..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/parecer_no_26-2024..pdf</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/parecer_no_27-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/parecer_no_27-2024.pdf</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/parecer_no_28-2024..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/parecer_no_28-2024..pdf</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>COMISSSÃO DE CONSTITUÍÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>COMISSÃO DE JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Valdivino Mendes dos Santos</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1106/projeto_de_lei_no_001-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1106/projeto_de_lei_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n.º 1.156/2021, que dispõe sobre a criação, organização, estrutura e competências do Conselho Municipal de Política Cultural - CMPC do Município de Cotriguaçu, Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1109/projeto_de_lei_no_002-2024.r.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1109/projeto_de_lei_no_002-2024.r.pdf</t>
   </si>
   <si>
     <t>Altera, acrescenta e revoga dispositivos na Lei Municipal n.º 1.152/2021, que dispõe sobre autorização para celebrar Termo de Cooperação com o Estado de Mato Grosso, por intermédio da Secretaria de Estado de Segurança Pública - SESP-MT, para fins de implantação de Atividade Municipal Delegada, no âmbito do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1110/projeto_de_lei_no_003-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1110/projeto_de_lei_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Instituição do Regime de Diárias no município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1112/projeto_de_lei_no_004-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1112/projeto_de_lei_no_004-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover abertura de crédito adicional especial no orçamento vigente, no valor que menciona, com a utilização de superávit financeiro, e dá outras providências.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1119/projeto_de_lei_no_005-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1119/projeto_de_lei_no_005-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a abertura de crédito adicional especial no orçamento municipal vigente, no valor que menciona, com a utilização de superávit financeiro, e da  outras providências.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1121/projeto_de_lei_no_006-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1121/projeto_de_lei_no_006-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da política municipal de assistência social, concessão dos benefícios e o Sistema Único de Assistência Social (SUAS) do município de Cotriguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1127/projeto_de_lei_no_007-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1127/projeto_de_lei_no_007-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a denominação de locais públicos do Município de Cotriguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_lei_no_008-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_lei_no_008-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da lei Municipal n.º 1.156/2021, que dispõe sobre a criação, organização, estrutura e competências do Conselho Municipal de Política Cultural - CMPC do Município de Cotriguaçu, Estado de Mato Grosso.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1130/projeto_de_lei_no_009-2024...pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1130/projeto_de_lei_no_009-2024...pdf</t>
   </si>
   <si>
     <t>Altera a redação do inciso III, do art. 44, e o ANEXO ÚNICO, da Lei Municipal n.º 692/2011, que reestruturou o regime próprio de previdência social do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1129/projeto_de_lei_no_010-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1129/projeto_de_lei_no_010-2024.pdf</t>
   </si>
   <si>
     <t>Promove adequação orçamentária no âmbito do município de Cotriguaçu-MT e autoriza a abertura de crédito especial ao orçamento anual de 2024 no valor de R$ 104.254,62</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1132/projeto_de_lei_no_011-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1132/projeto_de_lei_no_011-2024.pdf</t>
   </si>
   <si>
     <t>Altera,  acrescenta e revoga dispositivos na Lei Municipal nº 1.152/2021, que dispõe sobre autorização para celebrar Termo de Cooperação com o Estado de Mato Grosso, por intermédio da Secretaria de Estado de Segurança Pública - SESP-MT, para fins de implantação de Atividade Municipal Delegada, no âmbito do Munícipio de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1133/projeto_de_lei_no_012-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1133/projeto_de_lei_no_012-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a promover a doação do veículo automotor que menciona , de propriedade do Patrimônio Público Municipal , à Associação Pestalozzi de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1139/projeto_de_lei_no_013-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1139/projeto_de_lei_no_013-2024.pdf</t>
   </si>
   <si>
     <t>Institui o Plano Municipal de Cultura (PMC) de Cotriguaçu, Estado de Mato Grosso, para o período decenal de 2024/2034 e dá outras providências.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1140/projeto_de_lei_no_014-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1140/projeto_de_lei_no_014-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Cultura de Cotriguaçu, Estado de Mato Grosso e dá outras providências.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Diretrizes Orçamentária de 2025, e da outras providencias.</t>
   </si>
   <si>
     <t>1152</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/projeto_de_lei_no_016-2024_ap..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/projeto_de_lei_no_016-2024_ap..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a doação em favor da Defensoria Pública do Estado de Mato Grosso, das áreas urbanas que menciona, e dá outras Providências.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1144/projeto_de_lei_no_017-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1144/projeto_de_lei_no_017-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a abertura de crédito adicional especial no orçamento municipal vigente, no valor que menciona, para realizar a execução do Programa Dinheiro Direto na Escola Municipal - PDDEM, e dá outras providências.</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1145/projeto_de_lei_no_018-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1145/projeto_de_lei_no_018-2024.pdf</t>
   </si>
   <si>
     <t>Institui e dispõe sobre o Programa Dinheiro Direto na Escola Municipal - PDDEM no âmbito do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1143/projeto_de_lei_no_019-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1143/projeto_de_lei_no_019-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n.º 1.254/2023, que estima receita e fixa a despesa do Município de Cotriguaçu, Estado de Mato Grosso, da Administração Direta e Indireta, para o exercício de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1142/projeto_de_lei_no_020-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1142/projeto_de_lei_no_020-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a abertura de crédito adicional especial no orçamento municipal vigente, no valor que menciona, com a utilização de superávit financeiro, e dá outras providências.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1148/projeto_de_lei_no_021-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1148/projeto_de_lei_no_021-2024.pdf</t>
   </si>
   <si>
     <t>Altera a redação do parágrafo único, incisos I,II, e III do art. 2º, e o ANEXO I, da Lei Municipal n.º 1.270/2024, que dispõe sobre a Instituição do regime de diárias no Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1165/projeto_de_lei_no_022-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1165/projeto_de_lei_no_022-2024.pdf</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1151/projeto_de_lei_no_023-2024_mesagem_034-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1151/projeto_de_lei_no_023-2024_mesagem_034-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza a Associação Augusta e Respeitável Loja Simbólica Aura Iluminada a erigir monumento/obelisco da Maçonaria Universal no espaço físico que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1167/projeto_de_lei_no_024-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1167/projeto_de_lei_no_024-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a abertura de crédito adicional especial no orçamento vigente, no valor que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1175/projeto_de_lei_no_025-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1175/projeto_de_lei_no_025-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para celebrar Termo de Fomento com o Conselho Comunitário se Segurança Pública de Cotriguaçu - CONSEG, visando custear despesas administrativas (material de consumo, expediente, permanente e prestação de serviços e obras) das Delegacias de Polícia Civil e Destacamentos de Polícia Militar, da sede do município de Cotriguaçu-MT e do Distrito de Nova União, com repasse de recursos financeiros, e dá outras providências.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1176/projeto_de_lei_no_026-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1176/projeto_de_lei_no_026-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n.º 1.254/2023, que estima a receita e fixa a despesa do Município de Cotriguaçu, Estado de Mato Grosso, da Administração Direta e Indireta, para o exercício financeiro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1174/projeto_de_lei_no_027-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1174/projeto_de_lei_no_027-2024.pdf</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1181/portaria_no_028-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1181/portaria_no_028-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover abertura de crédito adicional especial no orçamento municipal vigente, no valor que menciona, com a utilização de superávit financeiro, e dá outras providências.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1180/projeto_de_lei_no_029-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1180/projeto_de_lei_no_029-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n.º 088/2020, que autoriza o Executivo  a receber dação em pagamento, em bens imóveis da Juruena Empreendimentos de Colonização Ltda, para o fim de extinguir crédito tributário e dá outras providências.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1179/projeto_de_lei_no_030-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1179/projeto_de_lei_no_030-2024.pdf</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1178/projeto_de_lei_no_031-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1178/projeto_de_lei_no_031-2024.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n.º 1.254/2023, que estima a receita e fixa a despesa do município de Cotriguaçu, Estado de Mato Grosso, da Administração direta e indireta, para o exercício financeiro de 2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1188/projeto_de_lei_no_032-2024..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1188/projeto_de_lei_no_032-2024..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Cooperação com a Associação Indígena Abanatsa, visando celebrar evento esportivo na Aldeia Babaçuzal, prestando serviços de natureza relevante e notório de caráter comunitário e social, contribuindo ao interesse público na promoção do esporte no Município de Cotriguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1200/projeto_de_lei_no_033-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1200/projeto_de_lei_no_033-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orçamentária Anual - LOA, do município de Cotriguaçu, Estado de Mato Grosso, que estima a receita e fixa a despesa para o exercício financeiro de 2025, em conformidade com as disposições da Lei de Diretrizes Orçamentárias - LDO, e dá outras providências.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_no_034-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_no_034-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a abertura de crédito adicional especial no orçamento vigente, no valor que menciona, com a utilização de superávit financeiro, e dá outras providências.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/projeto_de_lei_no_035-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/projeto_de_lei_no_035-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a municipalizar trecho da rodovia que menciona e dá outras providência.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/projeto_de_lei_no_036-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/projeto_de_lei_no_036-2024.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A PROMOVER A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL NO ORÇAMENTO MUNICIPAL VIGENTE, NO VALOR QUE MENCIONA, COM A UTILIZAÇÃO DE SUPERÁVIT FINANCEIRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/projeto_de_lei_no_037-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/projeto_de_lei_no_037-2024.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 15, ANEXO ÚNICO, E ACRESCENTE $ 3º NO ART. 15 DA LEI MUNICIPAL Nº 1.134/2021, PARA FINS DE AUTORIZAÇÃO LEGISLATIVA VISANDO A CONTRATAÇÃO DE PESSOAL POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO, NOS TERMOS DO INCISO IX, DO ART. 37, DA CONSTITUÍÇÃO FEDERAL, NO ÂMBITO DO MUNICÍPIO DE COTRIGUAÇU-MT, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/projeto_de_lei_no_038-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/projeto_de_lei_no_038-2024.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR POR EXCESSO DE ARRECADAÇÃO, NA ESTRUTURA DA LEI Nº 1.254 DE 28 DE NOVEMBRO DE 2023 - LEI ORÇAMENTÁRIA ANUAL DO MUNICÍPIO DE COTRIGUAÇU, PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1202/projeto_de_lei_no_040-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1202/projeto_de_lei_no_040-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a doação em favor do Estado de Mato Grosso, do imóvel que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/projeto_de_lei_no_041-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/projeto_de_lei_no_041-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Fomento com a Associação Pestalozzi de Cotriguaçu, visando promover melhores condições sociais as pessoas com deficiência, com repasse de recursos financeiros, para o Exercício de 2025, e dá outras previdências.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>Altera os anexos da Lei Municipal n.º 1.290/2024, que dispõe sobre as diretrizes para a elaboração da Lei Diretrizes Orçamentária de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1215/projeto_de_lei_no_040-2024...pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1215/projeto_de_lei_no_040-2024...pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Fundo Municipal de Transportes (FMT), junto à Secretaria Municipal de Urbanismo -SMU, e dá outras providências.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1108/projeto_de_lei_complementar_no_001-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1108/projeto_de_lei_complementar_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Altera as tabelas dos anexos da Lei Complementar n.º 155/2023, para fins de retificação de valores, e dá outras providências.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1107/projeto_de_lei_complementar_no_002-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1107/projeto_de_lei_complementar_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cargo de provimento em comissão de Assessor de Cultura, na Estrutura Administrativa do Poder Executivo Municipal, instituída pela Lei Complementar Municipal n.º 104/2022, do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1122/projeto_de_lei_complementar_no_003-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1122/projeto_de_lei_complementar_no_003-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reformulação do Plano Geral de Cargos, Carreira e Vencimentos dos Servidores Públicos Municipais de Cotriguaçu, Estado de Mato Grosso, com a Criação de Cargos e de Quadro de Pessoal de Cargos em Extinção, e dá outras providências.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_complementar_no_004-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_complementar_no_004-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Reformulação do Plano Geral de Cargos, Carreira e Vencimentos dos Servidores Públicos Municipais da Secretaria Municipal de Saúde do Município de Cotriguaçu, Estado de Mato Grosso, com a Criação de Cargos e de Quadro de Pessoal de Cargos em Extinção, e dá outras providências.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1120/projeto_de_lei_complementar_no_005-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1120/projeto_de_lei_complementar_no_005-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a revisão geral anual dos subsídios do Prefeito, Vice-Prefeito, dos Secretários Municipais, dos Vereadores, e dos vencimentos dos Servidores Públicos Municipais, da Administração Pública Direta e Indireta do Poder Executivo e do Poder legislativo, do município de Cotriguaçu, Estado de Mato Grosso, a teor do artigo 37, inciso X, da Constituição Federal, relativo ao exercício financeiro de 2023, cria função gratificada e dá outras providências.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1136/projeto_de_lei_complementar_no_006-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1136/projeto_de_lei_complementar_no_006-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre condições de pagamento da dívida ativa, no período que menciona, para concessão de parcelamento especial de débitos fiscais, dispensa de juros e multas, nas condições que estabelece, no âmbito do Município de Cotriguaçu, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1137/projeto_de_lei_complementar_no_007-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1137/projeto_de_lei_complementar_no_007-2024.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder desconto que menciona, no pagamento a vista do Imposto Predial e Territorial Urbano - IPTU para o exercício financeiro de 2024, institui o "programa Contribuinte Premiado 2024", e dá outras providências.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1138/projeto_de_lei_complementar_no_008-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1138/projeto_de_lei_complementar_no_008-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do cargo de provimento em comissão de Assessor de Regulação e revoga o cargo de Coordenador de Regulação, na estrutura Administrativa do Poder Executivo Municipal, instituída pela Lei Complementar Municipal n.º 104/2022, do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1147/projeto_de_lei_complementar_no_009-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1147/projeto_de_lei_complementar_no_009-2024.pdf</t>
   </si>
   <si>
     <t>Estabelece o Plano de Carreira e remuneração dos Agentes Comunitários de Saúde - ACS e Agente de Combate às Endemias - ACE e dá outras providências.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1146/projeto_de_lei_complementar_no_010-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1146/projeto_de_lei_complementar_no_010-2024.pdf</t>
   </si>
   <si>
     <t>Altera o ANEXO I e II, da Lei Complementar Municipal n.º 046/2014, que dispõe sobre o Plano de Cargos Carreira e Salário dos Profissionais da Educação Pública Básica do Município de Cotriguaçu, e dá outras providencias</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/projeto_de_lei_complementar_no_011-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/projeto_de_lei_complementar_no_011-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reajuste dos valores do vencimento do cargo de provimento efetivo de Professor, instituído pela Lei Complementar Municipal n.º 046/2014, de acordo com os valores estabelecidos nos ANEXOS, da presente Lei Complementar, e dá outras providências.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Presidente</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/projeto_de_lei_legislativo_no_001-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/projeto_de_lei_legislativo_no_001-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração do prefeito, do vice-prefeito e dos secretários municipais para a legislatura 2025/2028.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1205/projeto_de_lei_legislativo_no_002-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1205/projeto_de_lei_legislativo_no_002-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a remuneração dos Vereadores e Presidente da Câmara Municipal para a legislatura 2025/2028.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>Cleyton Junior Santos</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1126/requerimento_no_01-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1126/requerimento_no_01-2024.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO AO EXCELENTISSIMO SENHOR MAURO MENDES GOVERNADOR DO ESTADO DE MATO GROSSO.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>PP</t>
   </si>
   <si>
     <t>Parecer Prévio/ Tribunal de Contas</t>
   </si>
   <si>
     <t>Tribunal de Contas  de Mato Grosso - TCE-MT</t>
   </si>
   <si>
     <t>PARECER PRÉVIO Nº 92/2024 – PP Processo nº 537533/2023</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>CT</t>
   </si>
   <si>
     <t>Contas Anuais de Governo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/contas_anuais_de_governo_exercicio_2023.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/contas_anuais_de_governo_exercicio_2023.pdf</t>
   </si>
   <si>
     <t>PROCESSO Nº 53.753-5/2023 - CONTAS ANUAIS DE GOVERNO - EXERCÍCIO DE 2023</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1537,67 +1537,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1111/edital_de_conhecimento_publico_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/edital_de_conhecimento_publico_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1217/edital_de_conhecimento_publico_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1103/indicacao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1104/indicacao_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1105/indicacao_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1131/indicacao_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1141/indicacao_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1170/indicacao_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1169/indicacao_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1173/indicacao_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1177/indicacao_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1183/indicacao_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1184/indicacao_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1182/indicacao_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1185/indicacao_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1186/indicacao_no_16-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1187/indicacao_no_16-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1189/indicacao_no_17-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/indicacao_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/indicacao_no_19-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1113/parecer_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1114/parecer_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1115/parecer_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/parecer_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1117/parecer_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1118/parecer_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1125/parecer_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1124/parecer_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1134/parecer_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1155/parecer_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/parecer_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/parecer_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1158/parecer_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1159/parecer_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1160/parecer_no_16-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1161/parecer_no_17-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1162/parecer_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1163/parecer_no_19-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1164/parecer_no_20-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1172/parecer_no_21-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1171/parecer_no_22-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/parecer_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/parecer_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/parecer_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/parecer_no_26-2024..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/parecer_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/parecer_no_28-2024..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1106/projeto_de_lei_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1109/projeto_de_lei_no_002-2024.r.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1110/projeto_de_lei_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1112/projeto_de_lei_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1119/projeto_de_lei_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1121/projeto_de_lei_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1127/projeto_de_lei_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_lei_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1130/projeto_de_lei_no_009-2024...pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1129/projeto_de_lei_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1132/projeto_de_lei_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1133/projeto_de_lei_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1139/projeto_de_lei_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1140/projeto_de_lei_no_014-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/projeto_de_lei_no_016-2024_ap..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1144/projeto_de_lei_no_017-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1145/projeto_de_lei_no_018-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1143/projeto_de_lei_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1142/projeto_de_lei_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1148/projeto_de_lei_no_021-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1165/projeto_de_lei_no_022-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1151/projeto_de_lei_no_023-2024_mesagem_034-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1167/projeto_de_lei_no_024-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1175/projeto_de_lei_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1176/projeto_de_lei_no_026-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1174/projeto_de_lei_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1181/portaria_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1180/projeto_de_lei_no_029-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1179/projeto_de_lei_no_030-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1178/projeto_de_lei_no_031-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1188/projeto_de_lei_no_032-2024..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1200/projeto_de_lei_no_033-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/projeto_de_lei_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/projeto_de_lei_no_036-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/projeto_de_lei_no_037-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/projeto_de_lei_no_038-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1202/projeto_de_lei_no_040-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/projeto_de_lei_no_041-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1215/projeto_de_lei_no_040-2024...pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1108/projeto_de_lei_complementar_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1107/projeto_de_lei_complementar_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1122/projeto_de_lei_complementar_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_complementar_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1120/projeto_de_lei_complementar_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1136/projeto_de_lei_complementar_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1137/projeto_de_lei_complementar_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1138/projeto_de_lei_complementar_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1147/projeto_de_lei_complementar_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1146/projeto_de_lei_complementar_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/projeto_de_lei_complementar_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/projeto_de_lei_legislativo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1205/projeto_de_lei_legislativo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1126/requerimento_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/contas_anuais_de_governo_exercicio_2023.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1111/edital_de_conhecimento_publico_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1197/edital_de_conhecimento_publico_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1217/edital_de_conhecimento_publico_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1103/indicacao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1104/indicacao_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1105/indicacao_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1131/indicacao_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1141/indicacao_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1166/indicacao_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1170/indicacao_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1169/indicacao_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1173/indicacao_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1177/indicacao_no_10-2024.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1183/indicacao_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1184/indicacao_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1182/indicacao_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1185/indicacao_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1186/indicacao_no_16-2024.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1187/indicacao_no_16-2024.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1189/indicacao_no_17-2024.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1198/indicacao_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1199/indicacao_no_19-2024.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1113/parecer_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1114/parecer_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1115/parecer_no_03-2024.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1116/parecer_no_04-2024.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1117/parecer_no_05-2024.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1118/parecer_no_06-2024.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1125/parecer_no_07-2024.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1124/parecer_no_08-2024.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1134/parecer_no_09-2024.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1155/parecer_no_11-2024.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1156/parecer_no_12-2024.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1157/parecer_no_13-2024.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1158/parecer_no_14-2024.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1159/parecer_no_15-2024.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1160/parecer_no_16-2024.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1161/parecer_no_17-2024.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1162/parecer_no_18-2024.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1163/parecer_no_19-2024.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1164/parecer_no_20-2024.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1172/parecer_no_21-2024.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1171/parecer_no_22-2024.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1191/parecer_no_23-2024.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1190/parecer_no_24-2024.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1207/parecer_no_25-2024.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1208/parecer_no_26-2024..pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1209/parecer_no_27-2024.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1210/parecer_no_28-2024..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1106/projeto_de_lei_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1109/projeto_de_lei_no_002-2024.r.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1110/projeto_de_lei_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1112/projeto_de_lei_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1119/projeto_de_lei_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1121/projeto_de_lei_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1127/projeto_de_lei_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1128/projeto_de_lei_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1130/projeto_de_lei_no_009-2024...pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1129/projeto_de_lei_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1132/projeto_de_lei_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1133/projeto_de_lei_no_012-2024.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1139/projeto_de_lei_no_013-2024.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1140/projeto_de_lei_no_014-2024.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1152/projeto_de_lei_no_016-2024_ap..pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1144/projeto_de_lei_no_017-2024.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1145/projeto_de_lei_no_018-2024.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1143/projeto_de_lei_no_019-2024.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1142/projeto_de_lei_no_020-2024.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1148/projeto_de_lei_no_021-2024.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1165/projeto_de_lei_no_022-2024.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1151/projeto_de_lei_no_023-2024_mesagem_034-2024.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1167/projeto_de_lei_no_024-2024.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1175/projeto_de_lei_no_025-2024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1176/projeto_de_lei_no_026-2024.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1174/projeto_de_lei_no_027-2024.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1181/portaria_no_028-2024.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1180/projeto_de_lei_no_029-2024.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1179/projeto_de_lei_no_030-2024.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1178/projeto_de_lei_no_031-2024.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1188/projeto_de_lei_no_032-2024..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1200/projeto_de_lei_no_033-2024.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1194/projeto_de_lei_no_034-2024.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1192/projeto_de_lei_no_035-2024.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1195/projeto_de_lei_no_036-2024.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1196/projeto_de_lei_no_037-2024.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1201/projeto_de_lei_no_038-2024.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1202/projeto_de_lei_no_040-2024.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1203/projeto_de_lei_no_041-2024.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1215/projeto_de_lei_no_040-2024...pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1108/projeto_de_lei_complementar_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1107/projeto_de_lei_complementar_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1122/projeto_de_lei_complementar_no_003-2024.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1123/projeto_de_lei_complementar_no_004-2024.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1120/projeto_de_lei_complementar_no_005-2024.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1136/projeto_de_lei_complementar_no_006-2024.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1137/projeto_de_lei_complementar_no_007-2024.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1138/projeto_de_lei_complementar_no_008-2024.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1147/projeto_de_lei_complementar_no_009-2024.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1146/projeto_de_lei_complementar_no_010-2024.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1153/projeto_de_lei_complementar_no_011-2024.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1206/projeto_de_lei_legislativo_no_001-2024.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1205/projeto_de_lei_legislativo_no_002-2024.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1126/requerimento_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2024/1193/contas_anuais_de_governo_exercicio_2023.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="121.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="120.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>