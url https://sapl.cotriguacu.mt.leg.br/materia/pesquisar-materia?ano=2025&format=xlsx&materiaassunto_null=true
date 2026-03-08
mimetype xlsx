--- v0 (2025-12-02)
+++ v1 (2026-03-08)
@@ -10,95 +10,95 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1504" uniqueCount="653">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1655" uniqueCount="716">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>Jonata Dias Cavalcante</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/</t>
   </si>
   <si>
     <t>Altera o horário de início das Sessões Ordinárias da Câmara Municipal de Cotriguaçu para às 18h30.</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
     <t>EMMO</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Altera o dia e o horário das sessões ordinárias e inclui dispositivos para a realização de sessões ordinárias na modalidade híbrida, com a possibilidade de participação remota de vereadores no período chuvoso, mediante deliberação do Plenário.</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Evandro Cesar de Oliveira</t>
   </si>
@@ -171,1869 +171,2063 @@
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Vanilton de Paula Silva</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção de uma ponte na Linha Vicinal 14, próximo a propriedade do Senhor José Camilo.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a manutenção da ponte na Linha R 1 sobre o Rio Jacaré.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_no_09-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_no_09-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que conclua a construção do posto de saúde da Linha Gaúcha, Comunidade Santa Luzia.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1241/indicacao_no_010-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1241/indicacao_no_010-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção de um muro em frente ao cemitério do Distrito de Ouro Verde dos Pioneiros - Agrovila.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1242/indicacao_no_011-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1242/indicacao_no_011-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a compra de uma porta para a sala de recepção do PSF da Comunidade Vale Verde.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1243/indicacao_no_012-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1243/indicacao_no_012-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie  a construção de uma arquibancada coberta na quadra de esportes do Distrito de Ouro Verde dos Pioneiros - Agrovila.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_no_013-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_no_013-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie construção de cobertura do parquinho na Escola Municipal 07 de Setembro, Distrito de Ouro Verde dos Pioneiros - Agrovila.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao_no_014-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao_no_014-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a retirada imediata da embarcação velha e sucateada na entrada da cidade.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1245/indicacao_no_015-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1245/indicacao_no_015-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que faça a construção de uma rotatória no final da Avenida Otílis Lago (entroncamento com a MT 170).</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_016-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_016-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que faça a instalação de lombadas na MT 170.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_no_017-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_no_017-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a inclusão de um retorno no projeto de estacionamento da Avenida Tamburello.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1248/indicacao_no_018-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1248/indicacao_no_018-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie criação de uma rotatória no final da Avenida Tamburello (sentido antiga escola Santa Maria).</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_no_019-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_no_019-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a criação de lombada na Avenida 20 de Dezembro (antes do retorno em frente ao Daniel Funileiro) com sinalização adequada.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_no_020-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_no_020-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a criação de retorno e lombada na Avenida 20 de Dezembro (em frente à Borracharia do Polaco e Lava Jato do Negão), com sinalização adequada.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_no_021-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_no_021-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a criação de lombada em frente ao Pátio da Secretaria de Obras (Avenida 20 de Dezembro) e sinalização de alerta.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1264/indicacao_no_022-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1264/indicacao_no_022-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção  de lombadas, faixas de pedestres e sinalização no entorno das escolas.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1253/indicacao_no_023-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1253/indicacao_no_023-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção de lombada e faixa de pedestre na Avenida 20 de Dezembro (em frente à antiga loja Moto Raça e entrada do lago).</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_no_024-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_no_024-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a contratação de 20 servidores temporários para a Secretaria de Cidades.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_no_025-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_no_025-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a instalação de placas de sinalização e fiscalização proibindo o contorno de veículos pesados na rotatória em frente ao Mercado Casa Nostra.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_no_026-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_no_026-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a instalação de lombadas e faixas de pedestres na Rotatória da Praça João Paulo II.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_no_027-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_no_027-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a criação de estacionamentos no canteiro da Avenida 20 de Dezembro (em frente à Igreja Católica).</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1258/indicacao_no_028-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1258/indicacao_no_028-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a manutenção urgente da rede de esgoto na Rua das Rosas (Jardim Botânico).</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Denise Pavan Brambila</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_no_029-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_no_029-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a instalação de uma rede de internet de uso exclusivo para o setor de tributos da prefeitura.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1260/indicacao_no_030-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1260/indicacao_no_030-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a contratação de servidor responsável pelo esporte no Distrito de Ouro Verde dos Pioneiros - Agrovila.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1261/indicacao_no_031-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1261/indicacao_no_031-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie com urgência a construção dos banheiros no ginásio de esportes do Distrito de Ouro Verde dos Pioneiros – Agrovila.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1262/indicacao_no_032-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1262/indicacao_no_032-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie com urgência, um tapa-buraco na Avenida 20 de Dezembro em frente à Prefeitura Municipal e a Loja Roncar Motos.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1263/indicacao_no_033-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1263/indicacao_no_033-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o patrolamento na Avenida Marechal Rondon, Distrito de Nova União próximo ao posto de combustível Modelo até as imediações do Parque de Exposições.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1278/indicacao_no_034-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1278/indicacao_no_034-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, por meio da Secretaria competente, para que providencie a instalação de lixeiras no Lago Municipal Miguel Vaz e no lago próximo ao Cartório de 1º Ofício.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1279/indicacao_no_035-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1279/indicacao_no_035-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja feito manutenção em dois atoleiros na Linha Santa Luzia, proximidade do Distrito de Ouro Verde dos Pioneiros – Agrovila.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_no_036-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_no_036-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja feito a regularização fundiária do imóvel/área popularmente conhecido como “Lago dos patos”, localizado próximo ao ginásio municipal de esportes.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_no_037-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_no_037-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie construção de ponte na Comunidade Consolata próximo a casa dos Srs. Joel e Jackson Bradkosk.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_no_038-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_no_038-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o microrrevestimento asfáltico, nas vias publicas do Distrito de Ouro Verde dos Pioneiros – Agrovila.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie com urgência, a manutenção de um bueiro de esgoto na Avenida Tamburello, próximo a “Nutrale”.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie com urgência, a construção de uma ponte próxima á escola Santa Maria.</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao_no_041-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao_no_041-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o prancheamento de duas pontes uma na Linha Gaúcha sobre o Rio Corgão próximo a propriedade do Sr. Eduardo Chapéu e outra na Vale Verde próximo a propriedade do Sr. Nei Iseli e Sr. Reginaldo.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_no_042-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_no_042-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o cascalhamento de um trecho próximo ao sítio do Sr. Lucas e do Sr. Ari na Linha CDR 09.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_043-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_043-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que através da Secretaria de Infraestrutura, seja disponibilizada uma pá carregadeira para tombar árvores na MT 170 em frente à propriedade do Sr. Irrael Santiago</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_no_044-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_no_044-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja feita a remoção de bueiro em frente ao Joel Motos.</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1300/indicacao_no_045-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1300/indicacao_no_045-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o prancheamento de uma ponte sobre o Rio Peito de Moça, na Linha 10, sentindo Linha 12, próximo propriedade do Sr. Nivaldo.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_46-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_46-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que determine ao setor competente a construção de quatro (4) lombadas no seguinte trecho da estrada vicinal que liga a cidade à Chácara dos Idosos, com as seguintes localizações:_x000D_
 1. Próximo ao reservatório de esgoto (conhecido como “piscinão”), que se situa em curva perigosa;_x000D_
 2. Na segunda “baixada”, antes da entrada da propriedade do Senhor Manoel e do Senhor Ismael, da Catarinense;_x000D_
 3. Após a curva do Bolson;_x000D_
 4. Próximo à entrada da cidade, um pouco antes da Delegacia da Polícia Civil.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_47-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_47-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que determine ao setor competente a imediata abertura da via pública projetada nas proximidades do reservatório de esgoto, no Bairro Jardim Botânico II, conforme já prevista no mapa urbano oficial.</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_48-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_48-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que que determine ao setor de Saúde, em conjunto com os setores de Vigilância Sanitária, Endemias e Atenção Básica, a adoção imediata das seguintes medidas emergenciais:_x000D_
 1. Implantação de um programa integrado de combate à dengue e controle de vetores, com envolvimento dos Agentes Comunitários de Saúde, Agentes de Combate às Endemias e Vigilância Sanitária;_x000D_
 2. Realização de ações imediatas de nebulização (UBV - Ultra Baixo Volume) com inseticida em forma de névoa nas áreas mais críticas do Município;_x000D_
 3. Aplicação de fumacê (termonebulização com inseticida em forma de vapor), especialmente nos bairros com maior incidência, conforme dados técnicos dos setores de saúde;_x000D_
 4. Fortalecimento das campanhas educativas e preventivas, orientando a população sobre medidas de controle e eliminação de criadouros.</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_49-25_vanilton_ponte..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_49-25_vanilton_ponte..pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção de uma ponte que dá acesso a propriedade do Senhor Pitico, próximo a Comunidade Nova Esperança.</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_50-25_vanilton_quebra_molas.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_50-25_vanilton_quebra_molas.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção dois quebra molas na Linha 04 em frente da Igreja Renovo do Senhor.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_51-25_vanilton_iluminacao.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_51-25_vanilton_iluminacao.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para providencie a manutenção e onde necessário a instalação de iluminação pública no Distrito de União, município de Cotriguaçu/MT.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1318/indicacao_no_052-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1318/indicacao_no_052-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja feita a construção de uma ponte nova sobre o Rio Piranha localizado na Linha CDR 02.</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_053-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_053-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que para que determine a Secretária de Infraestrutura, que seja feita a manutenção e os devidos reparos no acesso ao “Porto da CDR 09”.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_no_054-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_no_054-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja feito a reabertura da continuação da Rua Cunha Porã, localizada próximo a rodoviária.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_no_055-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_no_055-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja feito corte de morro na Linha União Km 08, em frente à propriedade do Sr. Claúdio Riedel.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1336/requerimento_no_26-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1336/requerimento_no_26-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que seja adquirido e instalado um parquinho na Escola Sidiney Cesar Fhur.</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_057-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_057-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção um quebra molas entre o Posto Cimatel e Cartório de 2º Ofício.</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_058-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_058-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie o corte e remoção de árvores secas e limpeza de entulhos, nas proximidades da torre de telefonia no centro.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_059-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_059-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que adote, por meio das Secretarias Municipais competentes, as seguintes providências no Bairro Cooperativa, nas proximidades da Prefeitura Municipal:_x000D_
 _x000D_
 •	Dar continuidade aos serviços de remoção dos materiais de sucata e ferros velhos que ainda permanecem no local, promovendo sua completa retirada e destinação para local apropriado, de acordo com normas ambientais e urbanísticas;_x000D_
 _x000D_
 •	Oferecer suporte técnico e logístico ao trabalhador responsável pela atividade de reaproveitamento de materiais recicláveis, incluindo:_x000D_
 _x000D_
 •	Transporte dos materiais até o novo local designado;_x000D_
 _x000D_
 •	Limpeza do terreno atual e do novo espaço;_x000D_
 _x000D_
 •	Instalação de rede elétrica no novo ponto, permitindo a continuidade de sua atividade de forma digna e segura;_x000D_
 _x000D_
 •	Realizar a instalação de postes e rede elétrica nas imediações, com o objetivo de ampliar a iluminação pública, garantindo mais segurança e conforto aos moradores e transeuntes da região.</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_060-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_060-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que determine à Secretaria competente a instalação de, ao menos, dois (2) postes com fiação de energia elétrica dentro do Cemitério Municipal, com a finalidade de atender às necessidades da população que realiza sepultamentos, visitas e manutenções nos túmulos de seus entes queridos.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_061-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_061-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, a necessidade urgente da construção de uma ponte nas proximidades do Rio Piranha localizado na Linha CDR 02.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_062-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_062-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu para que providencie, por meio da Secretaria responsável, a implantação de placas de identificação nominal nas ruas e avenidas da cidade, começando pelos bairros mais movimentados e de maior população.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_063-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_063-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que providencie, com urgência, a construção da ponte sobre o Rio Água Preta, localizada na Linha 2, Distrito de Nova União.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_no_064-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_no_064-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, por intermédio da Secretaria Municipal de Infraestrutura, a necessidade de realizar serviço de cascalhamento na Linha 29, proximidades da comunidade de Ouro Verde até a cachoeira, em torno de 5 km.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_no_065-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_no_065-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a construção um quebra molas nas proximidades da Madeireira Richter.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_066-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_066-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que a construção de um pórtico na rotatória situada nas proximidades do Parque de Exposição deste município.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_067-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_067-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie construção de uma praça pública no distrito de Ouro Verde dos Pioneiros - Agrovila, contendo parque infantil com brinquedos adequados e seguros para crianças, academia ao ar livre com equipamentos para a prática de exercícios físicos e pista de caminhada com iluminação adequada.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_068-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_068-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, para que providencie a contratação de um profissional para o setor de esportes no distrito de Ouro Verde dos Pioneiros - Agrovila, com a finalidade de promover o treinamento e acompanhamento de crianças e adolescentes nas categorias de base.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_069-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_069-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, a adoção de critério que exija a apresentação de título de eleitor do município de Cotriguaçu como requisito para participação de atletas em competições municipais, sugerindo que seja estabelecida, por meio de regulamentação ou normatização específica, a exigência de comprovação de vínculo eleitoral com o município de Cotriguaçu (título de eleitor) como condição para que atletas possam participar de competições esportivas municipais promovidas ou apoiadas pelo poder público.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Cotriguaçu que seja realizada a instalação de iluminação pública, bem como a construção de uma rampa de acesso para cadeirantes e idosos, no Lago Municipal Miguel Vaz.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que seja providenciada a contratação de um Técnico Agropecuário para atender especificamente o Distrito de Nova União.</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
     <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que providencie a construção de uma nova ponte na Rua Duque de Caxias, no Distrito de Nova União, nas proximidades da Casa Pastoral do Pastor Jacinto.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_073-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_073-2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Cotriguaçu, para que determine ao setor competente a construção de uma nova ponte e o patrolamento do restante da estrada na Linha do Banana.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_no_074-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_no_074-2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Cotriguaçu, para que determine ao setor competente a construção de uma ponte na Linha Consolata.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_075-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_075-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico ao Excelentíssimo Senhor Prefeito Municipal de Cotriguaçu/MT, por meio da Secretaria Municipal de Cidades, que sejam realizados serviços de patrolamento e cascalhamento nas ruas da Chácara dos Idosos, localizada nas proximidades da cidade.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_076-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_076-2025.pdf</t>
   </si>
   <si>
     <t>Indico ao Excelentíssimo Senhor Prefeito Municipal de Cotriguaçu/MT e à Secretaria Municipal de Saúde que promovam a substituição das câmeras de segurança instaladas no Hospital Municipal e nas Unidades Básicas de Saúde (UBS) por equipamentos modernos que captem tanto imagem quanto áudio, a fim de garantir maior segurança e transparência nos atendimentos realizados nesses locais._x000D_
 Requeiro ainda a instalação de rede de internet (Wi-Fi) na UBS 1, localizada no bairro Centro, disponibilizando o acesso gratuito aos pacientes durante o período de espera por atendimentos.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_no_077-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_no_077-2025.pdf</t>
   </si>
   <si>
     <t>Reivindico ao Excelentíssimo Senhor Prefeito Municipal de Cotriguaçu/MT, com cópia à Secretaria Municipal de Obras e ao Distrito de Nova União, que sejam realizados serviços de patrolamento e cascalhamento nos trechos mais críticos da Linha Vera Cruz e da Linha VC-13, garantindo melhores condições de tráfego e acesso às comunidades locais.</t>
   </si>
   <si>
+    <t>1407</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_078-2025.pdf</t>
+  </si>
+  <si>
+    <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que providencie a construção de uma nova ponte na Linha V5, no Distrito de Nova União.</t>
+  </si>
+  <si>
+    <t>1408</t>
+  </si>
+  <si>
+    <t>79</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_no_079-2025.pdf</t>
+  </si>
+  <si>
+    <t>Reivindico junto ao Prefeito Municipal de Cotriguaçu, que providencie o prancheamento de uma ponte na Linha 10, próximo a propriedade do “Sr. Zezinho”, no Distrito de Nova União.</t>
+  </si>
+  <si>
+    <t>1422</t>
+  </si>
+  <si>
+    <t>80</t>
+  </si>
+  <si>
+    <t>Indico ao Prefeito Municipal de Cotriguaçu-MT, que determine à Secretaria Municipal de Cidades a implantação de iluminação pública na Avenida Otilis Lago, desde o Pórtico de entrada da cidade até o entroncamento com a Rodovia MT-170._x000D_
+A princípio, sugiro que seja realizada a instalação de hastes e luminárias nos postes já existentes, em ambos os lados da Avenida, evitando a necessidade de implantação de novos postes e garantindo uma solução rápida e eficiente para o problema da escuridão nessa região.</t>
+  </si>
+  <si>
+    <t>1423</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>Indico ao Prefeito Municipal de Cotriguaçu-MT, com encaminhamento à Secretaria Municipal de Cidades, que sejam adotadas as seguintes medidas:_x000D_
+Readequação da posição da lombada existente na Avenida Tamburelo, sentido centro, em frente ao Supermercado Paulista, recuando o quebra-molas para antes do cruzamento e do contorno, garantindo maior segurança a motoristas e pedestres._x000D_
+Construção de uma nova lombada na Avenida Tamburelo, sentido Posto de Saúde, em frente ao Bar do Cícero, Mercado Mundial ou da antiga Igreja Presbiteriana, devido ao intenso fluxo de pessoas, incluindo crianças, e ao excesso de velocidade registrado no local, principalmente por motociclistas._x000D_
+Construção de duas lombadas elevadas (estilo faixa de pedestre) na Avenida 20 de Dezembro, em frente à entrada do Lago, nos dois sentidos, considerando o fluxo constante de moradores que utilizam o espaço para caminhadas, atividades físicas e lazer com crianças no parquinho situado em frente à biblioteca e no canteiro central._x000D_
+Ressalto que todas as lombadas e adaptações solicitadas devem ser executadas em conformidade com as normas técnicas do CONTRAN, especialmente quanto às dimensões, sinalização e critérios de implantação.</t>
+  </si>
+  <si>
     <t>1290</t>
   </si>
   <si>
     <t>MOAPL</t>
   </si>
   <si>
     <t>Moção de aplausos</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1290/mocao_de_aplausos_no_01-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1290/mocao_de_aplausos_no_01-2025.pdf</t>
   </si>
   <si>
     <t>Encaminha Moção de Aplausos às ilustres operadoras do Direito, Drªs  Gezicler Luíza Sossanovicz Artilheiro, Marina Refosco Tanure e Izabella Vallentina Amaral Marquetti Souza, pela histórica composição do Tribunal do Juri realizado no Plenário desta Casa de Leis, em 19 de março de 2025, marcando a primeira participação exclusiva de mulheres nos cargos de Juíza, Promotora e Defensora Pública, respectivamente.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>PDCS</t>
   </si>
   <si>
     <t>Parecer das Comissoes</t>
   </si>
   <si>
     <t>EDUCAÇÃO, CULTURA, ESPORTE E TURISMO</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1269/parecer_no_01-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1269/parecer_no_01-2025.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE EDUCAÇÃO, CULTURA, ESPORTE E TURISMO</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1270/parecer_no_02-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1270/parecer_no_02-2025.pdf</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>FISCALIZAÇAO E CONTROLE ORÇAMENTÁRIO</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1271/parecer_no_03-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1271/parecer_no_03-2025.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1272/parecer_no_04-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1272/parecer_no_04-2025.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUIÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1273/parecer_no_05-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1273/parecer_no_05-2025.pdf</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1274/parecer_no_06-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1274/parecer_no_06-2025.pdf</t>
   </si>
   <si>
     <t>COMISSSÃO DE CONSTITUÍÇÃO, JUSTIÇA E REDAÇÃO FINAL.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1275/parecer_no_07-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1275/parecer_no_07-2025.pdf</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1276/parecer_no_08-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1276/parecer_no_08-2025.pdf</t>
   </si>
   <si>
     <t>COMISSSÃO DE CONSTITUÍÇÃO, JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1307/parecer_no_09.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1307/parecer_no_09.pdf</t>
   </si>
   <si>
     <t>Parecer da CCJRF sobre o Projeto de Lei nº 019/2025.</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1308/parecer_no_010.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1308/parecer_no_010.pdf</t>
   </si>
   <si>
     <t>Parecer da CFCO sobre o Projeto de Lei nº 019/2025.</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1309/parecer_no_011.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1309/parecer_no_011.pdf</t>
   </si>
   <si>
     <t>Parecer da CCJRF sobre o Projeto de Resolução nº 04/2025</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1330/parecer_no_012-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1330/parecer_no_012-2025.pdf</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1331/parecer_no_013-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1331/parecer_no_013-2025.pdf</t>
   </si>
   <si>
     <t>DIREITOS HUMANOS, SAÚDE,  BEM-ESTAR SOCIAL, DO TRABALHO E DEFESA DO CONSUMIDOR.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1332/parecer_no_014-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1332/parecer_no_014-2025.pdf</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>Fabiano Gomes Barbosa</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1333/parecer_no_015-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1333/parecer_no_015-2025.pdf</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1344/parecer_no_016-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1344/parecer_no_016-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição, Justiça e Redação Final sobre o PLC nº 010/2025.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1345/parecer_no_017-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1345/parecer_no_017-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Fiscalização e Controle Orçamentário sobre o PLC nº 010/2025.</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1346/parecer_no_018-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1346/parecer_no_018-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Constituição, Justiça e Redação Final sobre o PL 028/2025.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1347/parecer_no_019-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1347/parecer_no_019-2025.pdf</t>
   </si>
   <si>
     <t>Parecer da Comissão de Fiscalização e Controle Orçamentário sobre o PL 028/2025.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1351/parecer_no_020-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1351/parecer_no_020-2025.pdf</t>
   </si>
   <si>
     <t>PARECER sobre o Projeto de Lei nº 031/2025</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1352/parecer_no_021-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1352/parecer_no_021-2025.pdf</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1361/parecer_no_022-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1361/parecer_no_022-2025.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE4 FISCALIZAÇÃO E CONTROLE ORÇAMENTÁRIO.</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
     <t>DESENVOLVIMENTO URBANO E OBRAS</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1362/parecer_no_023-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1362/parecer_no_023-2025.pdf</t>
   </si>
   <si>
     <t>COMISSÃO DE CONSTITUÍÇÃO, JUSTIÇA E REDAÇA~FINAL.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1382/parecer_no_024-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1382/parecer_no_024-2025.pdf</t>
   </si>
   <si>
     <t>Parecer sobre PL nº 035/2025.</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1383/parecer_no_025-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1383/parecer_no_025-2025.pdf</t>
+  </si>
+  <si>
+    <t>1418</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1418/parecer_no_026-2025.pdf</t>
+  </si>
+  <si>
+    <t>Fiscalização e Controle Orçamentário</t>
+  </si>
+  <si>
+    <t>1419</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1419/parecer_no_027-2025.pdf</t>
+  </si>
+  <si>
+    <t>CONSTITUÍÇÃO , JUSTIÇA E REDAÇÃO FINAL</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
     <t>Moises Ferreira de Jesus</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei_no_001-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Altera a redação do ANEXO I, da Lei Municipal nº 1.270/2024, alterado pela Lei municipal nº 1.287/2024, que dispõe sobre a Instituição do Regime de Diárias no município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no_002-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Fomento com Associação União Dos Pequenos Produtores Rurais Do Assentamento P. A Juruena de Cotriguaçu - MT, com a “Finalidade de custear despesas para a compra de mudas de café para a associação, com repasse de recursos financeiros, e dá outras providências.</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1237/projeto_de_lei_no_003-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1237/projeto_de_lei_no_003-2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE COTRIGUAÇU - MT FIRMAR TERMO DE CESSÃO DE DIREITO REAL DE USO DE BEM IMÓVEL PÚBLICO À TÍTITULO GRATUÍTODA USINA DE BENEFICIAMENTO DE LEITE E DERIVADOS COM A EMPRESA E. S. LEAL LTDA INSCRITA NO CNPJ SOB O Nº 59.154.312/0001-00, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1227/projeto_de_lei_no_004-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1227/projeto_de_lei_no_004-2025.pdf</t>
   </si>
   <si>
     <t>Altera em partes a redação do art.13, da Lei Municipal nº 1.273/2024, que dispõe sobre a Regulamentação da Política Municipal de Assistência Social, Concessão dos Benefícios e o Sistema Único de Assistência Social (SUAS) do Município de Cotriguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1238/projeto_de_lei_no_05-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1238/projeto_de_lei_no_05-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Fomento com a Associação Atlética Cotriguaçuense - ASAC, visando principalmente dar suporte estrutural para o desenvolvimento das atividades de iniciação esportiva, de lazer e de competições municipais e regionais realizadas no Município, mediante parceria com o Departamento Municipal de Esportes, propondo um Calendário Esportivo Municipal, com repasse de recursos financeiros, e dá outras providências.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_no_006-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_no_006-2025.pdf</t>
   </si>
   <si>
     <t>Estabelece o valor mínimo para o ajuizamento de execuções fiscais no Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_no_007-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_no_007-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da lei Municipal n.º 973/2017, que institui o auxílio-alimentação aos servidores públicos municipais, titulares de cargos de provimento efetivo, em comissão, efetivos ou não, e contratados temporariamente, do Poder Executivo do Município de Cotriguaçu, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1236/projeto_de_lei_no_008-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1236/projeto_de_lei_no_008-2025.pdf</t>
   </si>
   <si>
     <t>Regulamenta os dispositivos da Art. 14 da Lei federal nº 9394 de 20 de dezembro de 1996 (Diretrizes e Bases da Educação Nacional), bem como o Inciso VI do Art. 206 da Constituição Federal, no Art. 14, § 1º, inciso I, da Lei Federal nº 14.113/20 - Lei Estadual nº 12.412/24, que estabelecem Gestão Democrática do Ensino Público Municipal, adotando escolha de gestores escolares realizada com a participação da comunidade escolar dentre candidatos aprovados previamente em avaliação de mérito e desempenho e a criação dos Conselhos Deliberativos da Comunidade Escolar nas Unidades.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_lei_no_009-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_lei_no_009-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA O ART. 10 E OS INCISOS DA LEI MUNICIPAL Nº 936, DE 21 DE DEZEMBRO DE 2016, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE MEIO AMBIENTE E DÁ OUTRAS PROVIDÊCIAS.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_lei_no_010-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_lei_no_010-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal n.º 104/1995, que dispõe sobre a Criação. Organização e Funcionamento do Conselho Municipal de Educação, e dá outras providências.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1282/projeto_de_lei_no_011-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1282/projeto_de_lei_no_011-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização par celebrar Termo de Fomento com o Conselho Comunitário de Segurança Pública de Cotriguaçu - CONSEG, visando custear despesas administrativas (material de consumo, expediente, permanente e prestação de serviços) das Delegacias de Polícia Civil e Destacamentos de Polícia Militar, da sede do Município de Cotriguaçu-MT e do Distrito de Nova União, com repasse de recursos financeiros, e dá outras providências.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1284/projeto_de_lei_no_012-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1284/projeto_de_lei_no_012-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Convênio ou de Colaboração com a Associação Atlética Juinense, também designada como Instituto Mais Que Atleta, visando em especial e principalmente dar suporte estrutural para o desenvolvimento das atividades do turismo no município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1283/projeto_de_lei_no_013-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1283/projeto_de_lei_no_013-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o município de Cotriguaçu-MT a aderir ao Consórcio Interfederativo de Compras Públicas do Estado de Mato Grosso e dá outras providências.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1285/projeto_de_lei_no_014-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1285/projeto_de_lei_no_014-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 784.434,41 (setecentos e oitenta e quatro mil quatrocentos e trinta e quatro reais e quarenta e um centavos), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1286/projeto_de_lei_no_015-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1286/projeto_de_lei_no_015-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de até R$ 100.000,00 (cem mil reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1291/projeto_de_lei_no_016-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1291/projeto_de_lei_no_016-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar Termo de Fomento com a Associação da Rádio Comunitária Arco Íris de Cotriguaçu-MT, visando a distribuição de informações aos munícipes por meio de divulgações de ações educativas de cunho social e informativas nas áreas da saúde, educação, assistência social, esporte, lazer e cultura, especialmente de cidadania de modo que continue a contribuir para a melhoria da qualidade de vida dos cidadãos do município, através dos serviços de utilidade pública prestados, com repasse de recursos financeiros e dá outras providências.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1298/projeto_de_lei_no_017-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1298/projeto_de_lei_no_017-2025.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ANEXO ÚNICO, DA LEI MUNICIPAL Nº 692/2011, QUE REESTRUTUROU O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE COTRIGUAÇU - MT, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1301/projeto_de_lei_no_018-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1301/projeto_de_lei_no_018-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o controle de zoonoses, controle da população de animais cães e gatos por meio da castração e do bem-estar animal do município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1302/projeto_de_lei_no_019-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1302/projeto_de_lei_no_019-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional especial no valor de até R$ 600.000,00 (seiscentos mil reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1305/projeto_de_lei_no_020-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1305/projeto_de_lei_no_020-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação da vigência do Plano Municipal de Educação de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1321/projeto_de_lei_no_021-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1321/projeto_de_lei_no_021-2025.pdf</t>
   </si>
   <si>
     <t>Cria e altera dispositivos na Lei Ordinária Municipal nº 1.283/2024 que dispõe sobre o Programa Dinheiro Direto na Escola Municipal - PDDEM no âmbito do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_052-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_052-2025.pdf</t>
   </si>
   <si>
     <t>Altera o ANEXO ÚNICO  e acrescenta o cargo de Médico Veterinário, para fins de autorização legislativa para contratação de pessoal por tempo determinado para atender as necessidades temporária de excepcional interesse público, nos termos da Lei Complementar nº 133/2025 e inciso IX, do art. 37, da Constituição Federal, no âmbito so Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1324/projeto_de_lei_no_023-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1324/projeto_de_lei_no_023-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar o Termo de Fomento com a ASSOCIAÇÃO DE PRODUTORES RURAIS ENTRE LINHAS, Pessoa Jurídica de Direito Privado, sem fins lucrativos,  inscrita  no CNPJ/MF sob o nº 11.280.148/0001-43 visando a aquisição/implantação de sistema foto voltaico  por meio de placas solares, e dá outras providências.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1322/projeto_de_lei_no_024-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1322/projeto_de_lei_no_024-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Segurança Alimentar e Nutricional (CONSEA) do Município de Cotriguaçu e dá outras providências.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1323/projeto_de_lei_no_025-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1323/projeto_de_lei_no_025-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar operação de crédito junto à Caixa Econômica Federal, no âmbito do Programa de Financiamento à Infraestrutura e ao Saneamento - FINISA, e dá outras providências.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1328/projeto_de_lei_no_026-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1328/projeto_de_lei_no_026-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política Municipal da Pessoa Idosa, cria o Conselho Municipal dos Direitos da Pessoa Idosa - CMDPI e o Fundo Municipal da Pessoa Idosa, revoga a Lei Municipal 378, de 06 de setembro de 2004, e dá outras providências.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1329/projeto_de_lei_no_027-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1329/projeto_de_lei_no_027-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a alteração do parágrafo único da Lei Municipal nº 997/2017 que cria o Distrito de Nova União, bem como a retificação do perímetro urbano do Distrito de Nova União, Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_lei_no_028-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_lei_no_028-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual - PPA para o quadriênio 2026-2029 e dá outras providências.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1334/projeto_de_lei_no_029-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1334/projeto_de_lei_no_029-2025.pdf</t>
   </si>
   <si>
     <t>Revoga a doação efetuada através da Lei Municipal n.º 1.259, de 28 de novembro de 2023, e autoriza a reversão do imóvel ao patrimônio do Município de Cotriguaçu-MT e dá outras providencias.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1335/projeto_de_lei_no_030-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1335/projeto_de_lei_no_030-2025.pdf</t>
   </si>
   <si>
     <t>Revoga a doação efetuada através da Lei Municipal n.º 774, de 19 de dezembro de 2012, e autoriza a reversão do imóvel ao patrimônio do Município de Cotriguaçu-MT e dá outras providencias.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1342/projeto_de_lei_no_031-2025_ap.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1342/projeto_de_lei_no_031-2025_ap.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar instrumento e alienar áreas públicas para construção de unidades habitacionais vinculadas aos programas de habitação federal Minha Casa Minha Vida e estadual Ser Família Habitação e dá outras providências.</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1353/projeto_de_lei_no_032-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1353/projeto_de_lei_no_032-2025.pdf</t>
   </si>
   <si>
     <t>Altera o ANEXO II da Lei Municipal nº 135/2025, que dispõe sobre a Nova Organização da Estrutura Administrativa, do Quadro de Pessoal de Agentes Políticos e Cargos em Comissão e das funções gratificadas, da Administração pública Direta e Indireta, do Poder Executivo do Município de Cotriguaçu, Estado de Mato Grosso, e dá outras providencias.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1354/projeto_de_lei_no_033-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1354/projeto_de_lei_no_033-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 778.437,50 (setecentos e setenta e oito mil quatrocentos e trinta e sete reais e cinquenta centavos), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_lei_no_034-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_lei_no_034-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 1.125.00,00 (um milhão cento e vinte e cinco mil reais), no orçamento do Município nos termos do Art. 41, Inciso I da Lei Federal nº 4.320/64 e dá outras providências.</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1357/pl_035-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1357/pl_035-2025.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as Diretrizes para a elaboração da Lei Diretrizes Orçamentárias de 2026, e dá outras providências".</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1363/projeto_de_lei_no_036-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1363/projeto_de_lei_no_036-2025_..pdf</t>
   </si>
   <si>
     <t>Altera a redação da Lei Municipal nº 1290/2024 e Lei Municipal nº 1303/2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1364/projeto_de_lei_no_037-2025_..pdf</t>
+  </si>
+  <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 12.750.000,00(doze milhões setecentos e cinquenta mil reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1365/projeto_de_lei_no_038-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1365/projeto_de_lei_no_038-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 793.847,74(setecentos e noventa e três mil oitocentos e quarenta e sete reais e setenta e quatro centavos), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1367/projeto_de_lei_no_039-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1367/projeto_de_lei_no_039-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no valor de até R$ 2.3000,00 (dois milhões e trezentos mil reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1368/projeto_de_lei_no_040-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1368/projeto_de_lei_no_040-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar no valor de até R$ 500,000,00 (quinhentos mil reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1373/projeto_de_lei_no_041-2025._retirado.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1373/projeto_de_lei_no_041-2025._retirado.pdf</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1374/projeto_de_lei_no_042-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1374/projeto_de_lei_no_042-2025_..pdf</t>
   </si>
   <si>
     <t>Altera Dispositivo da Lei Municipal nº 1.349/2025, que autoriza abertura de crédito adicional suplementar, no orçamento do Município de Cotriguaçu - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1369/projeto_de_lei_no_043-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1369/projeto_de_lei_no_043-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a promover a doação em favor da Defensória Pública do Estado de Mato Grosso, e das áreas urbanas que menciona, bem como revoga a Lei Municipal nº 1.286/2024, e dá outras Providências.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1375/projeto_de_lei_no_044-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1375/projeto_de_lei_no_044-2025_..pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 1º DA LEI Nº 1.343/2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1376/projeto_de_lei_no_045-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1376/projeto_de_lei_no_045-2025_..pdf</t>
   </si>
   <si>
     <t>Altera a tabela do art. 3º da Lei Municipal nº 1.350/2025, que autoriza abertura de crédito adicional suplementar, no orçamento do Munícipio de Cotriguaçu - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1377/projeto_de_lei_no_046-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1377/projeto_de_lei_no_046-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza criação de CNPJ para a Secretaria Municipal de Educação do Município de Cotriguaçu - MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1378/projeto_de_lei_no_047-2025_...pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1378/projeto_de_lei_no_047-2025_...pdf</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para celebrar termo de fomento com a ASSOCIAÇÃO DOS PRODUTORES RURAIS E AGROPECUARISTAS DE NOVA UNIÃO, (APRANU), pessoa jurídica de direito privado, sem fins lucrativos, inscrita no CNPJ/MF sob o nº 52.046.808/0001-03, visando a realização da Festa do Peão de Distrito de Nova União, município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_no_048-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_no_048-2025_..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a política municipal de atendimento dos direitos da criança e do adolescente , institui o conselho municipal dos direitos da criança e do adolescente (CMDCA), e cria o fundo Municipal dos direitos da criança e do adolescente (FMDCA) e dá outras providências.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_no_049-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_no_049-2025_..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal dos Direitos da Mulher (CMDM) e do Fundo Municipal dos Direitos da Mulher (FMDM), e dá outras providências.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1387/projeto_de_lei_no_050-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1387/projeto_de_lei_no_050-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 1.000.000,00 (um milhão de reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1388/projeto_de_lei_no_051-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1388/projeto_de_lei_no_051-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 100.000,00 (cem mil reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_no_052-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_no_052-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 150.000,00 (cento e cinquenta mil reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_lei_no_053-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_lei_no_053-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 200.000,00 (duzentos mil reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1391/projeto_de_lei_no_054-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1391/projeto_de_lei_no_054-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 300.000,00 (trezentos mil reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_no_055-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_no_055-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 498.188,00 (quatrocentos e noventa e oito mil cento e oitenta e oito reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_no_056-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_no_056-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 520.000,00 (quinhentos e vinte mil reais), no orçamento do Município e dá outras providências.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1394/projeto_de_lei_no_057-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1394/projeto_de_lei_no_057-2025_..pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CEDER GRATUITAMENTE IMÓVEL DE PROPIEDADE DO MUNICÍPIO, POR MEIO DE TERMO DE CESSÃO DE USO, AO BANCO DO BRASIL S.A, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_no_058-2025_.cm.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_no_058-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Lei Orçamentária Anual - LOA, do Município de Cotriguaçu, Estado de Mato Grosso, que estima a receita e fixa a despesa para o exercício financeiro de 2026, em conformidade com as disposições da Lei de Diretrizes Orçamentárias - LDO, e dá outras providências.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1401/projeto_de_lei_no_059-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1401/projeto_de_lei_no_059-2025_..pdf</t>
   </si>
   <si>
     <t>Institui o "Serviço de Acolhimento em Família Acolhedora", que promove o acolhimento de crianças e adolescentes afastados do convívio familiar, no município de Cotriguaçu, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1402/projeto_de_lei_no_060-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1402/projeto_de_lei_no_060-2025_..pdf</t>
   </si>
   <si>
     <t>Institui a política Municipal de Educação Especial inclusiva e cria a Rede Municipal de Educação Especial Inclusiva no âmbito do Município de Cotriguaçu-MT e dá outras providências.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1403/projeto_de_lei_no_061-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1403/projeto_de_lei_no_061-2025_..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre política de coleta seletiva de resíduos sólidos e a criação de cooperativas e associações de catadores de resíduos sólidos no Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1405/projeto_de_lei_no_062-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1405/projeto_de_lei_no_062-2025_..pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as alterações na lei nº 1340/2025, de 23 de julho de 2025, que estabelece o plano plurianual do município para o período 2026 a 2029, e lei nº 1355/2025, de 23 de setembro de 2025, que trata das diretrizes orçamentárias do exercício financeiro de 2026, de modo a compatibilizar totalmente as peças de planejamento e as reavaliações realizadas nos programas, atividades, projetos e operações especiais aprovadas para o orçamento do exercício de 2026,” e da outras providencias;</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1404/projeto_de_lei_no_063-2025_..pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1404/projeto_de_lei_no_063-2025_..pdf</t>
   </si>
   <si>
     <t>Autoriza a Associação Augusta e respeitável Loja Simbólica Aura Iluminada a erigir monumento/obelisco da Maçonaria Universal no espaço físico que menciona, e dá outras providências.</t>
   </si>
   <si>
+    <t>1409</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1409/projeto_de_lei_no_064-2025_..pdf</t>
+  </si>
+  <si>
+    <t>Institui o programa de incentivo de transferência de veículos automotores para o município de Cotriguaçu-MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1410</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1410/projeto_de_lei_no_065-2025_..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o tombamento da embarcação Capitão Nobre, passando a integrar como patrimônio histórico e cultural do Município de Cotriguaçu-MT, e dá outra providência.</t>
+  </si>
+  <si>
+    <t>1406</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1406/projeto_de_lei_no_066-2025_.cm.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição de queimadas de resíduos sólidos e vegetação seca em áreas urbanas do Município de Cotriguaçu-MT e estabelece penalidades, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1413</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1413/projeto_de_lei_no_067-2025_..pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de crédito adicional especial no valor de até 10.000,00(dez mil reais), no orçamento do Município de Cotriguaçu-MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1411</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1411/projeto_de_lei_no_068-2025_..pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de crédito adicional suplementar no valor de até 3.500.000,00(três milhões e quinhentos mil reais), no orçamento do Município de Cotriguaçu-MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1412</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_no_069-2025_..pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de crédito adicional suplementar no valor de até 200.000,00(duzentos mil reais), no orçamento do Município de Cotriguaçu-MT, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1414</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1414/projeto_de_lei_no_070-2025_..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para celebrar Termo de Fomento com o Conselho Comunitário de Segurança Pública de Cotriguaçu - CONSEG, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1415</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1415/projeto_de_lei_no_071-2025_..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para celebrar Termo de Fomento com a Associação Atlética Cotriguaçuense - ASAC, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1416</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_lei_no_072-2025_..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre autorização para celebrar Termo de Fomento com a Associação Pestalozzi de Cotriguaçu-MT.</t>
+  </si>
+  <si>
+    <t>1417</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1417/projeto_de_lei_no_073-2025_..pdf</t>
+  </si>
+  <si>
+    <t>Autoriza abertura de crédito adicional suplementar no valor de até R$ 100.00,00(cem mil reais), no orçamento do Município e dá outras providências.</t>
+  </si>
+  <si>
+    <t>1421</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1421/projeto_de_lei_no_074-2025_retirado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Conselho Municipal dos Direitos da Pessoa Idosa - CMDPI e o Fundo Municipal da Pessoa Idosa, revoga a Lei Municipal nº 1.336 de 01 de julho de 2025 e dá outras providências.</t>
+  </si>
+  <si>
     <t>1220</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_complementar_no_001-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_complementar_no_001-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e extinção de cargos em provimento em comissão, na estrutura administrativa do Poder Executivo Municipal, instituída pela Lei Complementar Municipal n.º 104/2022, do Município de Cotriguaçu-MT, e dá outras providências.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei_complementar_no_002-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei_complementar_no_002-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Complementar Municipal n.º 084/2019, que autoriza o Executivo a receber dação em pagamento, em bens imóveis da JURUENA EMPREENDIMENTOS DE COLONIZAÇÃO LTDA, para fim de extinguir crédito tributário e dá outras providências.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_complementar_no_003-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_complementar_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre condições de pagamento da dívida ativa, no período que menciona, para a concessão de parcelamento especial de débitos fiscais, dispensa de juros e multas, nas condições que estabelece, no âmbito do Município de Cotriguaçu, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1239/projeto_de_lei_complementar_no_004-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1239/projeto_de_lei_complementar_no_004-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder desconto que menciona, no pagamento a vista do Imposto Predial e Territorial Urbano - IPTU para o exercício financeiro de 2025, institui o "Programa IPTU Premiado 2025", e dá outras providências.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_lei_complementar_no_005-2025...pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_lei_complementar_no_005-2025...pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a  Revisão Geral Anual dos subsídios do do Prefeito, do Vice-Prefeito, dos Secretários Municipais, dos Vereadores, e dos vencimentos dos Servidores Públicos Municipais da Administração Pública Direta e Indireta do Poder Executivo e do Poder Legislativo, do Município de Cotriguaçu, Estado de Mato Grosso a teor do artigo 37, inciso X, da Constituição Federal, relativo ao exercício financeiro de 2025, cria cargo e dá outras providências.</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_complementar_no_006-2025...pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_complementar_no_006-2025...pdf</t>
   </si>
   <si>
     <t>Altera o § 6º da Lei Complementar Municipal n.º 046/2014, que dispõe sobre o Plano de Cargos Carreira e Salário dos Profissionais de Educação Pública Básica do Município de Cotriguaçu, e dá outras providências.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1292/projeto_de_lei_complementar_no_007-2025...pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1292/projeto_de_lei_complementar_no_007-2025...pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e a inclusão de cargo de provimento em caráter efetivo de Médico Veterinário na estrutura do Plano de Cargos e Carreiras PCCS, instituída pela Lei Complementar Municipal n.º 123/2024, e altera o art. 10 e 22, e os anexos I, II, III e IV da lei complementar n.º 123/2024, e dá outras providências.</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_lei_complementar_no_008-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_lei_complementar_no_008-2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a desvinculação do cargo de enfermeiro da tabela dos especialistas em saúde e adequa a remuneração dos profissionais de saúde dos cargos de Especialista em Saúde - Enfermeiro, do cargo de Assistente Técnico em Saúde - Técnico de Enfermagem e do cargo de Assistente Técnico em Saúde - Auxiliar de Enfermagem, passa a vigorar nos seguintes termos e dá outras providências.</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_lei_complementar_no_009-2025...pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_lei_complementar_no_009-2025...pdf</t>
   </si>
   <si>
     <t>Altera e cria dispositivos na lei Complementar nº 104/2022, que dispõe sobre a Nova organização da Estrutura Administrativa, do Quadro de Pessoal de Agentes Políticos e Cargos em Comissão e das funções gratificadas da Administração Pública Direta e indireta, do poder Executivo do Município de Cotriguaçu, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1341/projeto_de_lei_complementar_no_010-2025._ap.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1341/projeto_de_lei_complementar_no_010-2025._ap.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos na Lei Complementar nº 104/2022. altera dispositivos da Lei Complementar nº 124/2024 do Município de Cotriguaçu, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1356/projeto_de_lei_complementar_no_011-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1356/projeto_de_lei_complementar_no_011-2025.pdf</t>
   </si>
   <si>
     <t>Altera o ANEXO I da Lei Complementar nº 136/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_complementar_no_013-2025...pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_complementar_no_013-2025...pdf</t>
   </si>
   <si>
     <t>Cria e extingue cargos na Lei Complementar Municipal nº 104/2022, que dispõe sobre a nova organização da estrutura administrativa, do quadro de pessoal de agentes políticos e cargos em comissão e das funções gratificadas, da administração pública direta e indireta, do Poder Executivo do Município de Cotriguaçu, Estado de Mato Grosso, e dá outras providências.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Presidente</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei_legislativo_no_01_de_07_de_marco_de_2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei_legislativo_no_01_de_07_de_marco_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre verba indenizatória pelo exercício da atividade parlamentar e estabelece outras providências.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1218/projeto_de_resolucao_no_01-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1218/projeto_de_resolucao_no_01-2024.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO PERMANENTE, DA CÂMARA MUNICIPAL DE COTRIGUAÇU.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_resolucao_no_02-2024.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_resolucao_no_02-2024.pdf</t>
   </si>
   <si>
     <t>CRIA COMISSÃO ESPECIAL DE RECESSO DA CÂMARA MUNICIPAL DE COTRIGUAÇU.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_resolucao_no_003-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_resolucao_no_003-2025.pdf</t>
   </si>
   <si>
     <t>Altera o auxílio-alimentação aos servidores públicos efetivos, e comissionados do Poder Legislativo do Município de Cotriguaçu – MT estabelecido pela resolução nº. 011/2017, nas condições que específica, e dá outras providências”.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1303/projeto_de_resolucao_no_004-2025.pdf</t>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1303/projeto_de_resolucao_no_004-2025.pdf</t>
   </si>
   <si>
     <t>ESTABELECE NOVO HORÁRIO PARA SESSÕES ORDINÁRIAS, DA CÂMARA MUNICIPAL DE COTRIGUAÇU.</t>
   </si>
   <si>
-    <t>1325</t>
-[...5 lines deleted...]
-    <t>ESTABELECE NOVO HORARIO PARA SESSÕES ORDINÁRIAS,DA CÂMARA MUNICIPAL DE COTRIGUAÇU.</t>
+    <t>1420</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1420/projeto_de_resolucao_no_005-2025.pdf</t>
+  </si>
+  <si>
+    <t>1424</t>
+  </si>
+  <si>
+    <t>PP</t>
+  </si>
+  <si>
+    <t>Parecer Prévio/ Tribunal de Contas</t>
+  </si>
+  <si>
+    <t>Tribunal de Contas  de Mato Grosso - TCE-MT</t>
+  </si>
+  <si>
+    <t>Parecer Prévio nº 113/2025 - PP Processo nº 184.966-2/2024 Prefeitura Municipal de Cotriguaçu. Contas Anuais de Governo do exercício de 2024. Parecer Prévio Favorável à Aprovação.</t>
+  </si>
+  <si>
+    <t>1459</t>
+  </si>
+  <si>
+    <t>CT</t>
+  </si>
+  <si>
+    <t>Contas Anuais de Governo Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1459/contas_anuias_de_governo_2025.pdf</t>
+  </si>
+  <si>
+    <t>PROCESSO Nº 184.966-2/2024 - CONTAS ANUAIS DE GOVERNO - EXERCÍCIO DE 2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -2337,67 +2531,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1241/indicacao_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1242/indicacao_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1243/indicacao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1245/indicacao_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1248/indicacao_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1264/indicacao_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1253/indicacao_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1258/indicacao_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1260/indicacao_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1261/indicacao_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1262/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1263/indicacao_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1278/indicacao_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1279/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1300/indicacao_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_49-25_vanilton_ponte..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_50-25_vanilton_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_51-25_vanilton_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1318/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1336/requerimento_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1290/mocao_de_aplausos_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1269/parecer_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1270/parecer_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1271/parecer_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1272/parecer_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1273/parecer_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1274/parecer_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1275/parecer_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1276/parecer_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1307/parecer_no_09.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1308/parecer_no_010.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1309/parecer_no_011.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1330/parecer_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1331/parecer_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1332/parecer_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1333/parecer_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1344/parecer_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1345/parecer_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1346/parecer_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1347/parecer_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1351/parecer_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1352/parecer_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1361/parecer_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1362/parecer_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1382/parecer_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1383/parecer_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1237/projeto_de_lei_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1227/projeto_de_lei_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1238/projeto_de_lei_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1236/projeto_de_lei_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_lei_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_lei_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1282/projeto_de_lei_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1284/projeto_de_lei_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1283/projeto_de_lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1285/projeto_de_lei_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1286/projeto_de_lei_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1291/projeto_de_lei_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1298/projeto_de_lei_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1301/projeto_de_lei_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1302/projeto_de_lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1305/projeto_de_lei_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1321/projeto_de_lei_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1324/projeto_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1322/projeto_de_lei_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1323/projeto_de_lei_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1328/projeto_de_lei_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1329/projeto_de_lei_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_lei_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1334/projeto_de_lei_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1335/projeto_de_lei_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1342/projeto_de_lei_no_031-2025_ap.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1353/projeto_de_lei_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1354/projeto_de_lei_no_033-2025_..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_lei_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1357/pl_035-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1363/projeto_de_lei_no_036-2025_..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1365/projeto_de_lei_no_038-2025_..pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1367/projeto_de_lei_no_039-2025_..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1368/projeto_de_lei_no_040-2025_..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1373/projeto_de_lei_no_041-2025._retirado.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1374/projeto_de_lei_no_042-2025_..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1369/projeto_de_lei_no_043-2025_..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1375/projeto_de_lei_no_044-2025_..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1376/projeto_de_lei_no_045-2025_..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1377/projeto_de_lei_no_046-2025_..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1378/projeto_de_lei_no_047-2025_...pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_no_048-2025_..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_no_049-2025_..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1387/projeto_de_lei_no_050-2025_..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1388/projeto_de_lei_no_051-2025_..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_no_052-2025_..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_lei_no_053-2025_..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1391/projeto_de_lei_no_054-2025_..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_no_055-2025_..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_no_056-2025_..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1394/projeto_de_lei_no_057-2025_..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_no_058-2025_.cm.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1401/projeto_de_lei_no_059-2025_..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1402/projeto_de_lei_no_060-2025_..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1403/projeto_de_lei_no_061-2025_..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1405/projeto_de_lei_no_062-2025_..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1404/projeto_de_lei_no_063-2025_..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_complementar_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei_complementar_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_complementar_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1239/projeto_de_lei_complementar_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_lei_complementar_no_005-2025...pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_complementar_no_006-2025...pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1292/projeto_de_lei_complementar_no_007-2025...pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_lei_complementar_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_lei_complementar_no_009-2025...pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1341/projeto_de_lei_complementar_no_010-2025._ap.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1356/projeto_de_lei_complementar_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_complementar_no_013-2025...pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei_legislativo_no_01_de_07_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1218/projeto_de_resolucao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_resolucao_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_resolucao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1303/projeto_de_resolucao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1325/projeto_de_resolucao_no_004-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_no_09-2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1241/indicacao_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1242/indicacao_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1243/indicacao_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1245/indicacao_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1248/indicacao_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1264/indicacao_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1253/indicacao_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1258/indicacao_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1259/indicacao_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1260/indicacao_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1261/indicacao_no_031-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1262/indicacao_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1263/indicacao_no_033-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1278/indicacao_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1279/indicacao_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_no_036-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_no_037-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_no_038-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1296/indicacao_no_041-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1297/indicacao_no_042-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1295/indicacao_no_043-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_no_044-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1300/indicacao_no_045-2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1311/indicacao_no_46-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_no_47-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1313/indicacao_no_48-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_no_49-25_vanilton_ponte..pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_no_50-25_vanilton_quebra_molas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1316/indicacao_no_51-25_vanilton_iluminacao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1318/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1319/indicacao_no_053-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_no_054-2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_no_055-2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1336/requerimento_no_26-2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1338/indicacao_no_057-2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1337/indicacao_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1339/indicacao_no_059-2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1340/indicacao_no_060-2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_no_061-2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_no_062-2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_no_063-2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1358/indicacao_no_064-2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1359/indicacao_no_065-2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1360/indicacao_no_066-2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_no_067-2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_no_068-2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_no_069-2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_no_073-2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1397/indicacao_no_074-2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_no_075-2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_no_076-2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1400/indicacao_no_077-2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1407/indicacao_no_078-2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1408/indicacao_no_079-2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1290/mocao_de_aplausos_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1269/parecer_no_01-2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1270/parecer_no_02-2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1271/parecer_no_03-2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1272/parecer_no_04-2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1273/parecer_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1274/parecer_no_06-2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1275/parecer_no_07-2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1276/parecer_no_08-2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1307/parecer_no_09.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1308/parecer_no_010.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1309/parecer_no_011.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1330/parecer_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1331/parecer_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1332/parecer_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1333/parecer_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1344/parecer_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1345/parecer_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1346/parecer_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1347/parecer_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1351/parecer_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1352/parecer_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1361/parecer_no_022-2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1362/parecer_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1382/parecer_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1383/parecer_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1418/parecer_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1419/parecer_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1222/projeto_de_lei_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1224/projeto_de_lei_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1237/projeto_de_lei_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1227/projeto_de_lei_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1238/projeto_de_lei_no_05-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1225/projeto_de_lei_no_006-2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1226/projeto_de_lei_no_007-2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1236/projeto_de_lei_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1266/projeto_de_lei_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1267/projeto_de_lei_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1282/projeto_de_lei_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1284/projeto_de_lei_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1283/projeto_de_lei_no_013-2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1285/projeto_de_lei_no_014-2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1286/projeto_de_lei_no_015-2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1291/projeto_de_lei_no_016-2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1298/projeto_de_lei_no_017-2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1301/projeto_de_lei_no_018-2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1302/projeto_de_lei_no_019-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1305/projeto_de_lei_no_020-2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1321/projeto_de_lei_no_021-2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1320/indicacao_no_052-2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1324/projeto_de_lei_no_023-2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1322/projeto_de_lei_no_024-2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1323/projeto_de_lei_no_025-2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1328/projeto_de_lei_no_026-2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1329/projeto_de_lei_no_027-2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1343/projeto_de_lei_no_028-2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1334/projeto_de_lei_no_029-2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1335/projeto_de_lei_no_030-2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1342/projeto_de_lei_no_031-2025_ap.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1353/projeto_de_lei_no_032-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1354/projeto_de_lei_no_033-2025_..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1355/projeto_de_lei_no_034-2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1357/pl_035-2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1363/projeto_de_lei_no_036-2025_..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1364/projeto_de_lei_no_037-2025_..pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1365/projeto_de_lei_no_038-2025_..pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1367/projeto_de_lei_no_039-2025_..pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1368/projeto_de_lei_no_040-2025_..pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1373/projeto_de_lei_no_041-2025._retirado.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1374/projeto_de_lei_no_042-2025_..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1369/projeto_de_lei_no_043-2025_..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1375/projeto_de_lei_no_044-2025_..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1376/projeto_de_lei_no_045-2025_..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1377/projeto_de_lei_no_046-2025_..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1378/projeto_de_lei_no_047-2025_...pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1384/projeto_de_lei_no_048-2025_..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1386/projeto_de_lei_no_049-2025_..pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1387/projeto_de_lei_no_050-2025_..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1388/projeto_de_lei_no_051-2025_..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_no_052-2025_..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1390/projeto_de_lei_no_053-2025_..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1391/projeto_de_lei_no_054-2025_..pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1392/projeto_de_lei_no_055-2025_..pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1393/projeto_de_lei_no_056-2025_..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1394/projeto_de_lei_no_057-2025_..pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1395/projeto_de_lei_no_058-2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1401/projeto_de_lei_no_059-2025_..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1402/projeto_de_lei_no_060-2025_..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1403/projeto_de_lei_no_061-2025_..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1405/projeto_de_lei_no_062-2025_..pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1404/projeto_de_lei_no_063-2025_..pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1409/projeto_de_lei_no_064-2025_..pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1410/projeto_de_lei_no_065-2025_..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1406/projeto_de_lei_no_066-2025_.cm.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1413/projeto_de_lei_no_067-2025_..pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1411/projeto_de_lei_no_068-2025_..pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1412/projeto_de_lei_no_069-2025_..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1414/projeto_de_lei_no_070-2025_..pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1415/projeto_de_lei_no_071-2025_..pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1416/projeto_de_lei_no_072-2025_..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1417/projeto_de_lei_no_073-2025_..pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1421/projeto_de_lei_no_074-2025_retirado.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_complementar_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1223/projeto_de_lei_complementar_no_002-2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1221/projeto_de_lei_complementar_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1239/projeto_de_lei_complementar_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1268/projeto_de_lei_complementar_no_005-2025...pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_complementar_no_006-2025...pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1292/projeto_de_lei_complementar_no_007-2025...pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1304/projeto_de_lei_complementar_no_008-2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1317/projeto_de_lei_complementar_no_009-2025...pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1341/projeto_de_lei_complementar_no_010-2025._ap.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1356/projeto_de_lei_complementar_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1385/projeto_de_lei_complementar_no_013-2025...pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1281/projeto_de_lei_legislativo_no_01_de_07_de_marco_de_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1218/projeto_de_resolucao_no_01-2024.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_resolucao_no_02-2024.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1265/projeto_de_resolucao_no_003-2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1303/projeto_de_resolucao_no_004-2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1420/projeto_de_resolucao_no_005-2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cotriguacu.mt.leg.br/media/sapl/public/materialegislativa/2025/1459/contas_anuias_de_governo_2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H188"/>
+  <dimension ref="A1:H207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="39.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="131.7109375" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="40.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="130.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -4471,2822 +4665,3313 @@
       </c>
       <c r="D81" t="s">
         <v>25</v>
       </c>
       <c r="E81" t="s">
         <v>26</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>321</v>
       </c>
       <c r="H81" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>323</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>10</v>
+        <v>324</v>
       </c>
       <c r="D82" t="s">
-        <v>324</v>
+        <v>25</v>
       </c>
       <c r="E82" t="s">
+        <v>26</v>
+      </c>
+      <c r="F82" t="s">
+        <v>46</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>325</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>327</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>328</v>
       </c>
-      <c r="B83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D83" t="s">
+        <v>25</v>
+      </c>
+      <c r="E83" t="s">
+        <v>26</v>
+      </c>
+      <c r="F83" t="s">
+        <v>46</v>
+      </c>
+      <c r="G83" s="1" t="s">
         <v>329</v>
       </c>
-      <c r="E83" t="s">
+      <c r="H83" t="s">
         <v>330</v>
-      </c>
-[...7 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>334</v>
+        <v>331</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>21</v>
+        <v>332</v>
       </c>
       <c r="D84" t="s">
-        <v>329</v>
+        <v>25</v>
       </c>
       <c r="E84" t="s">
-        <v>330</v>
+        <v>26</v>
       </c>
       <c r="F84" t="s">
-        <v>335</v>
+        <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>336</v>
+        <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>335</v>
+        <v>333</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>33</v>
+        <v>335</v>
       </c>
       <c r="D85" t="s">
-        <v>329</v>
+        <v>25</v>
       </c>
       <c r="E85" t="s">
-        <v>330</v>
+        <v>26</v>
       </c>
       <c r="F85" t="s">
-        <v>338</v>
+        <v>13</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>339</v>
+        <v>14</v>
       </c>
       <c r="H85" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
+        <v>337</v>
+      </c>
+      <c r="B86" t="s">
+        <v>9</v>
+      </c>
+      <c r="C86" t="s">
+        <v>10</v>
+      </c>
+      <c r="D86" t="s">
+        <v>338</v>
+      </c>
+      <c r="E86" t="s">
+        <v>339</v>
+      </c>
+      <c r="F86" t="s">
+        <v>30</v>
+      </c>
+      <c r="G86" s="1" t="s">
+        <v>340</v>
+      </c>
+      <c r="H86" t="s">
         <v>341</v>
-      </c>
-[...19 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
+        <v>342</v>
+      </c>
+      <c r="B87" t="s">
+        <v>9</v>
+      </c>
+      <c r="C87" t="s">
+        <v>10</v>
+      </c>
+      <c r="D87" t="s">
+        <v>343</v>
+      </c>
+      <c r="E87" t="s">
         <v>344</v>
       </c>
-      <c r="B87" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F87" t="s">
-        <v>338</v>
+        <v>345</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="H87" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="D88" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E88" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F88" t="s">
-        <v>335</v>
+        <v>349</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="H88" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>45</v>
+        <v>33</v>
       </c>
       <c r="D89" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E89" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F89" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="H89" t="s">
-        <v>340</v>
+        <v>354</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>49</v>
+        <v>36</v>
       </c>
       <c r="D90" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E90" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F90" t="s">
-        <v>335</v>
+        <v>349</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="H90" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
+        <v>358</v>
+      </c>
+      <c r="B91" t="s">
+        <v>9</v>
+      </c>
+      <c r="C91" t="s">
+        <v>39</v>
+      </c>
+      <c r="D91" t="s">
+        <v>343</v>
+      </c>
+      <c r="E91" t="s">
+        <v>344</v>
+      </c>
+      <c r="F91" t="s">
+        <v>352</v>
+      </c>
+      <c r="G91" s="1" t="s">
+        <v>359</v>
+      </c>
+      <c r="H91" t="s">
         <v>354</v>
-      </c>
-[...19 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>56</v>
+        <v>42</v>
       </c>
       <c r="D92" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E92" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F92" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H92" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="D93" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E93" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F93" t="s">
-        <v>335</v>
+        <v>352</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H93" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="D94" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E94" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F94" t="s">
-        <v>133</v>
+        <v>349</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H94" t="s">
-        <v>335</v>
+        <v>367</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="D95" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E95" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F95" t="s">
-        <v>133</v>
+        <v>349</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="H95" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>72</v>
+        <v>56</v>
       </c>
       <c r="D96" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E96" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F96" t="s">
-        <v>46</v>
+        <v>352</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="H96" t="s">
-        <v>335</v>
+        <v>373</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>370</v>
+        <v>374</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>76</v>
+        <v>60</v>
       </c>
       <c r="D97" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E97" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F97" t="s">
-        <v>371</v>
+        <v>349</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="H97" t="s">
-        <v>340</v>
+        <v>376</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="D98" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E98" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F98" t="s">
-        <v>335</v>
+        <v>133</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="H98" t="s">
-        <v>375</v>
+        <v>349</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>84</v>
+        <v>68</v>
       </c>
       <c r="D99" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E99" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F99" t="s">
-        <v>338</v>
+        <v>133</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="H99" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>88</v>
+        <v>72</v>
       </c>
       <c r="D100" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E100" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F100" t="s">
-        <v>335</v>
+        <v>46</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
       <c r="H100" t="s">
-        <v>381</v>
+        <v>349</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="D101" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E101" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F101" t="s">
-        <v>338</v>
+        <v>385</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="H101" t="s">
-        <v>384</v>
+        <v>354</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>96</v>
+        <v>80</v>
       </c>
       <c r="D102" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E102" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F102" t="s">
-        <v>335</v>
+        <v>349</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="H102" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>100</v>
+        <v>84</v>
       </c>
       <c r="D103" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E103" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F103" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="H103" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="D104" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E104" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F104" t="s">
-        <v>338</v>
+        <v>349</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="H104" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="D105" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E105" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F105" t="s">
-        <v>394</v>
+        <v>352</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="H105" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>112</v>
+        <v>96</v>
       </c>
       <c r="D106" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E106" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F106" t="s">
-        <v>335</v>
+        <v>349</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="H106" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>116</v>
+        <v>100</v>
       </c>
       <c r="D107" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="E107" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="F107" t="s">
-        <v>338</v>
+        <v>352</v>
       </c>
       <c r="G107" s="1" t="s">
+        <v>403</v>
+      </c>
+      <c r="H107" t="s">
         <v>401</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>10</v>
+        <v>104</v>
       </c>
       <c r="D108" t="s">
-        <v>403</v>
+        <v>343</v>
       </c>
       <c r="E108" t="s">
-        <v>404</v>
+        <v>344</v>
       </c>
       <c r="F108" t="s">
+        <v>352</v>
+      </c>
+      <c r="G108" s="1" t="s">
         <v>405</v>
       </c>
-      <c r="G108" s="1" t="s">
+      <c r="H108" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
+        <v>407</v>
+      </c>
+      <c r="B109" t="s">
+        <v>9</v>
+      </c>
+      <c r="C109" t="s">
+        <v>108</v>
+      </c>
+      <c r="D109" t="s">
+        <v>343</v>
+      </c>
+      <c r="E109" t="s">
+        <v>344</v>
+      </c>
+      <c r="F109" t="s">
         <v>408</v>
-      </c>
-[...13 lines deleted...]
-        <v>405</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>409</v>
       </c>
       <c r="H109" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>411</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="D110" t="s">
-        <v>403</v>
+        <v>343</v>
       </c>
       <c r="E110" t="s">
-        <v>404</v>
+        <v>344</v>
       </c>
       <c r="F110" t="s">
-        <v>405</v>
+        <v>349</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>412</v>
       </c>
       <c r="H110" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>414</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>36</v>
+        <v>116</v>
       </c>
       <c r="D111" t="s">
-        <v>403</v>
+        <v>343</v>
       </c>
       <c r="E111" t="s">
-        <v>404</v>
+        <v>344</v>
       </c>
       <c r="F111" t="s">
-        <v>405</v>
+        <v>352</v>
       </c>
       <c r="G111" s="1" t="s">
         <v>415</v>
       </c>
       <c r="H111" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
+        <v>416</v>
+      </c>
+      <c r="B112" t="s">
+        <v>9</v>
+      </c>
+      <c r="C112" t="s">
+        <v>120</v>
+      </c>
+      <c r="D112" t="s">
+        <v>343</v>
+      </c>
+      <c r="E112" t="s">
+        <v>344</v>
+      </c>
+      <c r="F112" t="s">
+        <v>352</v>
+      </c>
+      <c r="G112" s="1" t="s">
         <v>417</v>
       </c>
-      <c r="B112" t="s">
-[...14 lines deleted...]
-      <c r="G112" s="1" t="s">
+      <c r="H112" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
+        <v>419</v>
+      </c>
+      <c r="B113" t="s">
+        <v>9</v>
+      </c>
+      <c r="C113" t="s">
+        <v>124</v>
+      </c>
+      <c r="D113" t="s">
+        <v>343</v>
+      </c>
+      <c r="E113" t="s">
+        <v>344</v>
+      </c>
+      <c r="F113" t="s">
+        <v>349</v>
+      </c>
+      <c r="G113" s="1" t="s">
         <v>420</v>
       </c>
-      <c r="B113" t="s">
-[...14 lines deleted...]
-      <c r="G113" s="1" t="s">
+      <c r="H113" t="s">
         <v>421</v>
-      </c>
-[...1 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
+        <v>422</v>
+      </c>
+      <c r="B114" t="s">
+        <v>9</v>
+      </c>
+      <c r="C114" t="s">
+        <v>10</v>
+      </c>
+      <c r="D114" t="s">
         <v>423</v>
       </c>
-      <c r="B114" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E114" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F114" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H114" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>49</v>
+        <v>21</v>
       </c>
       <c r="D115" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E115" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F115" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="H115" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="D116" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E116" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F116" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>430</v>
+        <v>432</v>
       </c>
       <c r="H116" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>432</v>
+        <v>434</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>56</v>
+        <v>36</v>
       </c>
       <c r="D117" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E117" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F117" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="H117" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="D118" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E118" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F118" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="H118" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>64</v>
+        <v>42</v>
       </c>
       <c r="D119" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E119" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F119" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="H119" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>68</v>
+        <v>45</v>
       </c>
       <c r="D120" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E120" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F120" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="H120" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>72</v>
+        <v>49</v>
       </c>
       <c r="D121" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E121" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F121" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="H121" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>76</v>
+        <v>52</v>
       </c>
       <c r="D122" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E122" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F122" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="H122" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>80</v>
+        <v>56</v>
       </c>
       <c r="D123" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E123" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F123" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="H123" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="D124" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E124" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F124" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="H124" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="D125" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E125" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F125" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="H125" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>92</v>
+        <v>68</v>
       </c>
       <c r="D126" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E126" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F126" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="H126" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="D127" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E127" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F127" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="H127" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>100</v>
+        <v>76</v>
       </c>
       <c r="D128" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E128" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F128" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="H128" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>104</v>
+        <v>80</v>
       </c>
       <c r="D129" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E129" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F129" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H129" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>108</v>
+        <v>84</v>
       </c>
       <c r="D130" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E130" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F130" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="H130" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="D131" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E131" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F131" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="H131" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>116</v>
+        <v>92</v>
       </c>
       <c r="D132" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E132" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F132" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="H132" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="D133" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E133" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F133" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="H133" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>124</v>
+        <v>100</v>
       </c>
       <c r="D134" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E134" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F134" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H134" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>128</v>
+        <v>104</v>
       </c>
       <c r="D135" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E135" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F135" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="H135" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>132</v>
+        <v>108</v>
       </c>
       <c r="D136" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E136" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F136" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="H136" t="s">
-        <v>491</v>
+        <v>493</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>492</v>
+        <v>494</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>137</v>
+        <v>112</v>
       </c>
       <c r="D137" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E137" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F137" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>493</v>
+        <v>495</v>
       </c>
       <c r="H137" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>141</v>
+        <v>116</v>
       </c>
       <c r="D138" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E138" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F138" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H138" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>145</v>
+        <v>120</v>
       </c>
       <c r="D139" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E139" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F139" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="H139" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>149</v>
+        <v>124</v>
       </c>
       <c r="D140" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E140" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F140" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="H140" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>153</v>
+        <v>128</v>
       </c>
       <c r="D141" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E141" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F141" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="H141" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>157</v>
+        <v>132</v>
       </c>
       <c r="D142" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E142" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F142" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="H142" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="D143" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E143" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F143" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="H143" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>165</v>
+        <v>141</v>
       </c>
       <c r="D144" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E144" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F144" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>14</v>
+        <v>516</v>
       </c>
       <c r="H144" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>169</v>
+        <v>145</v>
       </c>
       <c r="D145" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E145" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F145" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="H145" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>173</v>
+        <v>149</v>
       </c>
       <c r="D146" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E146" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F146" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="H146" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>176</v>
+        <v>153</v>
       </c>
       <c r="D147" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E147" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F147" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="H147" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>179</v>
+        <v>157</v>
       </c>
       <c r="D148" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E148" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F148" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="H148" t="s">
-        <v>514</v>
+        <v>529</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>183</v>
+        <v>161</v>
       </c>
       <c r="D149" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E149" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F149" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="H149" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>187</v>
+        <v>165</v>
       </c>
       <c r="D150" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E150" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F150" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="H150" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>191</v>
+        <v>169</v>
       </c>
       <c r="D151" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E151" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F151" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="H151" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>195</v>
+        <v>173</v>
       </c>
       <c r="D152" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E152" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F152" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="H152" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>199</v>
+        <v>176</v>
       </c>
       <c r="D153" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E153" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F153" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="H153" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>203</v>
+        <v>179</v>
       </c>
       <c r="D154" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E154" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F154" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="H154" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>544</v>
+        <v>547</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>207</v>
+        <v>183</v>
       </c>
       <c r="D155" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E155" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F155" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>545</v>
+        <v>548</v>
       </c>
       <c r="H155" t="s">
-        <v>546</v>
+        <v>549</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>211</v>
+        <v>187</v>
       </c>
       <c r="D156" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E156" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F156" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="H156" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>215</v>
+        <v>191</v>
       </c>
       <c r="D157" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E157" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F157" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>551</v>
+        <v>554</v>
       </c>
       <c r="H157" t="s">
-        <v>552</v>
+        <v>555</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>553</v>
+        <v>556</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="D158" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E158" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F158" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>554</v>
+        <v>557</v>
       </c>
       <c r="H158" t="s">
-        <v>555</v>
+        <v>558</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>556</v>
+        <v>559</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>223</v>
+        <v>199</v>
       </c>
       <c r="D159" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E159" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F159" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>557</v>
+        <v>560</v>
       </c>
       <c r="H159" t="s">
-        <v>558</v>
+        <v>561</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>559</v>
+        <v>562</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>227</v>
+        <v>203</v>
       </c>
       <c r="D160" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E160" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F160" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>560</v>
+        <v>563</v>
       </c>
       <c r="H160" t="s">
-        <v>561</v>
+        <v>564</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>562</v>
+        <v>565</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>231</v>
+        <v>207</v>
       </c>
       <c r="D161" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E161" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F161" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="H161" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>235</v>
+        <v>211</v>
       </c>
       <c r="D162" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E162" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F162" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="H162" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>239</v>
+        <v>215</v>
       </c>
       <c r="D163" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E163" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F163" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="H163" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>243</v>
+        <v>219</v>
       </c>
       <c r="D164" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E164" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F164" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="H164" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>247</v>
+        <v>223</v>
       </c>
       <c r="D165" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E165" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F165" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="H165" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>251</v>
+        <v>227</v>
       </c>
       <c r="D166" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E166" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F166" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="H166" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>255</v>
+        <v>231</v>
       </c>
       <c r="D167" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E167" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F167" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="H167" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>259</v>
+        <v>235</v>
       </c>
       <c r="D168" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E168" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F168" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="H168" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>263</v>
+        <v>239</v>
       </c>
       <c r="D169" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E169" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F169" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="H169" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>267</v>
+        <v>243</v>
       </c>
       <c r="D170" t="s">
-        <v>403</v>
+        <v>423</v>
       </c>
       <c r="E170" t="s">
-        <v>404</v>
+        <v>424</v>
       </c>
       <c r="F170" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="H170" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>10</v>
+        <v>247</v>
       </c>
       <c r="D171" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E171" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F171" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="H171" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>21</v>
+        <v>251</v>
       </c>
       <c r="D172" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E172" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F172" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H172" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>33</v>
+        <v>255</v>
       </c>
       <c r="D173" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E173" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F173" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H173" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>36</v>
+        <v>259</v>
       </c>
       <c r="D174" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E174" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F174" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H174" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>39</v>
+        <v>263</v>
       </c>
       <c r="D175" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E175" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F175" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="H175" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>42</v>
+        <v>267</v>
       </c>
       <c r="D176" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E176" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F176" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H176" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>45</v>
+        <v>271</v>
       </c>
       <c r="D177" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E177" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F177" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H177" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>49</v>
+        <v>275</v>
       </c>
       <c r="D178" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E178" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F178" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H178" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>52</v>
+        <v>279</v>
       </c>
       <c r="D179" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E179" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F179" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H179" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>56</v>
+        <v>283</v>
       </c>
       <c r="D180" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E180" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F180" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="H180" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>60</v>
+        <v>287</v>
       </c>
       <c r="D181" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E181" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F181" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="H181" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>68</v>
+        <v>291</v>
       </c>
       <c r="D182" t="s">
-        <v>593</v>
+        <v>423</v>
       </c>
       <c r="E182" t="s">
-        <v>594</v>
+        <v>424</v>
       </c>
       <c r="F182" t="s">
-        <v>405</v>
+        <v>425</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H182" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>10</v>
+        <v>295</v>
       </c>
       <c r="D183" t="s">
-        <v>631</v>
+        <v>423</v>
       </c>
       <c r="E183" t="s">
+        <v>424</v>
+      </c>
+      <c r="F183" t="s">
+        <v>425</v>
+      </c>
+      <c r="G183" s="1" t="s">
         <v>632</v>
       </c>
-      <c r="F183" t="s">
+      <c r="H183" t="s">
         <v>633</v>
-      </c>
-[...4 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
+        <v>634</v>
+      </c>
+      <c r="B184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C184" t="s">
+        <v>298</v>
+      </c>
+      <c r="D184" t="s">
+        <v>423</v>
+      </c>
+      <c r="E184" t="s">
+        <v>424</v>
+      </c>
+      <c r="F184" t="s">
+        <v>425</v>
+      </c>
+      <c r="G184" s="1" t="s">
+        <v>635</v>
+      </c>
+      <c r="H184" t="s">
         <v>636</v>
-      </c>
-[...19 lines deleted...]
-        <v>640</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>21</v>
+        <v>301</v>
       </c>
       <c r="D185" t="s">
-        <v>637</v>
+        <v>423</v>
       </c>
       <c r="E185" t="s">
+        <v>424</v>
+      </c>
+      <c r="F185" t="s">
+        <v>425</v>
+      </c>
+      <c r="G185" s="1" t="s">
         <v>638</v>
       </c>
-      <c r="F185" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H185" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>33</v>
+        <v>304</v>
       </c>
       <c r="D186" t="s">
-        <v>637</v>
+        <v>423</v>
       </c>
       <c r="E186" t="s">
-        <v>638</v>
+        <v>424</v>
       </c>
       <c r="F186" t="s">
-        <v>633</v>
+        <v>425</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="H186" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>36</v>
+        <v>308</v>
       </c>
       <c r="D187" t="s">
-        <v>637</v>
+        <v>423</v>
       </c>
       <c r="E187" t="s">
-        <v>638</v>
+        <v>424</v>
       </c>
       <c r="F187" t="s">
-        <v>30</v>
+        <v>425</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="H187" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
+        <v>646</v>
+      </c>
+      <c r="B188" t="s">
+        <v>9</v>
+      </c>
+      <c r="C188" t="s">
+        <v>10</v>
+      </c>
+      <c r="D188" t="s">
+        <v>647</v>
+      </c>
+      <c r="E188" t="s">
+        <v>648</v>
+      </c>
+      <c r="F188" t="s">
+        <v>425</v>
+      </c>
+      <c r="G188" s="1" t="s">
+        <v>649</v>
+      </c>
+      <c r="H188" t="s">
         <v>650</v>
       </c>
-      <c r="B188" t="s">
-[...2 lines deleted...]
-      <c r="C188" t="s">
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" t="s">
+        <v>651</v>
+      </c>
+      <c r="B189" t="s">
+        <v>9</v>
+      </c>
+      <c r="C189" t="s">
+        <v>21</v>
+      </c>
+      <c r="D189" t="s">
+        <v>647</v>
+      </c>
+      <c r="E189" t="s">
+        <v>648</v>
+      </c>
+      <c r="F189" t="s">
+        <v>425</v>
+      </c>
+      <c r="G189" s="1" t="s">
+        <v>652</v>
+      </c>
+      <c r="H189" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" t="s">
+        <v>654</v>
+      </c>
+      <c r="B190" t="s">
+        <v>9</v>
+      </c>
+      <c r="C190" t="s">
+        <v>33</v>
+      </c>
+      <c r="D190" t="s">
+        <v>647</v>
+      </c>
+      <c r="E190" t="s">
+        <v>648</v>
+      </c>
+      <c r="F190" t="s">
+        <v>425</v>
+      </c>
+      <c r="G190" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H190" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" t="s">
+        <v>657</v>
+      </c>
+      <c r="B191" t="s">
+        <v>9</v>
+      </c>
+      <c r="C191" t="s">
+        <v>36</v>
+      </c>
+      <c r="D191" t="s">
+        <v>647</v>
+      </c>
+      <c r="E191" t="s">
+        <v>648</v>
+      </c>
+      <c r="F191" t="s">
+        <v>425</v>
+      </c>
+      <c r="G191" s="1" t="s">
+        <v>658</v>
+      </c>
+      <c r="H191" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="192" spans="1:8">
+      <c r="A192" t="s">
+        <v>660</v>
+      </c>
+      <c r="B192" t="s">
+        <v>9</v>
+      </c>
+      <c r="C192" t="s">
         <v>39</v>
       </c>
-      <c r="D188" t="s">
-[...12 lines deleted...]
-        <v>652</v>
+      <c r="D192" t="s">
+        <v>647</v>
+      </c>
+      <c r="E192" t="s">
+        <v>648</v>
+      </c>
+      <c r="F192" t="s">
+        <v>425</v>
+      </c>
+      <c r="G192" s="1" t="s">
+        <v>661</v>
+      </c>
+      <c r="H192" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="193" spans="1:8">
+      <c r="A193" t="s">
+        <v>663</v>
+      </c>
+      <c r="B193" t="s">
+        <v>9</v>
+      </c>
+      <c r="C193" t="s">
+        <v>42</v>
+      </c>
+      <c r="D193" t="s">
+        <v>647</v>
+      </c>
+      <c r="E193" t="s">
+        <v>648</v>
+      </c>
+      <c r="F193" t="s">
+        <v>425</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>664</v>
+      </c>
+      <c r="H193" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>666</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>45</v>
+      </c>
+      <c r="D194" t="s">
+        <v>647</v>
+      </c>
+      <c r="E194" t="s">
+        <v>648</v>
+      </c>
+      <c r="F194" t="s">
+        <v>425</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>667</v>
+      </c>
+      <c r="H194" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>669</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>49</v>
+      </c>
+      <c r="D195" t="s">
+        <v>647</v>
+      </c>
+      <c r="E195" t="s">
+        <v>648</v>
+      </c>
+      <c r="F195" t="s">
+        <v>425</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>670</v>
+      </c>
+      <c r="H195" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>672</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>52</v>
+      </c>
+      <c r="D196" t="s">
+        <v>647</v>
+      </c>
+      <c r="E196" t="s">
+        <v>648</v>
+      </c>
+      <c r="F196" t="s">
+        <v>425</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>673</v>
+      </c>
+      <c r="H196" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>675</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>56</v>
+      </c>
+      <c r="D197" t="s">
+        <v>647</v>
+      </c>
+      <c r="E197" t="s">
+        <v>648</v>
+      </c>
+      <c r="F197" t="s">
+        <v>425</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>676</v>
+      </c>
+      <c r="H197" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>678</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>60</v>
+      </c>
+      <c r="D198" t="s">
+        <v>647</v>
+      </c>
+      <c r="E198" t="s">
+        <v>648</v>
+      </c>
+      <c r="F198" t="s">
+        <v>425</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>679</v>
+      </c>
+      <c r="H198" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>681</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>68</v>
+      </c>
+      <c r="D199" t="s">
+        <v>647</v>
+      </c>
+      <c r="E199" t="s">
+        <v>648</v>
+      </c>
+      <c r="F199" t="s">
+        <v>425</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>682</v>
+      </c>
+      <c r="H199" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>684</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>10</v>
+      </c>
+      <c r="D200" t="s">
+        <v>685</v>
+      </c>
+      <c r="E200" t="s">
+        <v>686</v>
+      </c>
+      <c r="F200" t="s">
+        <v>687</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>688</v>
+      </c>
+      <c r="H200" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>690</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>10</v>
+      </c>
+      <c r="D201" t="s">
+        <v>691</v>
+      </c>
+      <c r="E201" t="s">
+        <v>692</v>
+      </c>
+      <c r="F201" t="s">
+        <v>30</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>693</v>
+      </c>
+      <c r="H201" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>695</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>21</v>
+      </c>
+      <c r="D202" t="s">
+        <v>691</v>
+      </c>
+      <c r="E202" t="s">
+        <v>692</v>
+      </c>
+      <c r="F202" t="s">
+        <v>30</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>696</v>
+      </c>
+      <c r="H202" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>698</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>33</v>
+      </c>
+      <c r="D203" t="s">
+        <v>691</v>
+      </c>
+      <c r="E203" t="s">
+        <v>692</v>
+      </c>
+      <c r="F203" t="s">
+        <v>687</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>699</v>
+      </c>
+      <c r="H203" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>701</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>36</v>
+      </c>
+      <c r="D204" t="s">
+        <v>691</v>
+      </c>
+      <c r="E204" t="s">
+        <v>692</v>
+      </c>
+      <c r="F204" t="s">
+        <v>30</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>702</v>
+      </c>
+      <c r="H204" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>704</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>39</v>
+      </c>
+      <c r="D205" t="s">
+        <v>691</v>
+      </c>
+      <c r="E205" t="s">
+        <v>692</v>
+      </c>
+      <c r="F205" t="s">
+        <v>30</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>705</v>
+      </c>
+      <c r="H205" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>706</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>10</v>
+      </c>
+      <c r="D206" t="s">
+        <v>707</v>
+      </c>
+      <c r="E206" t="s">
+        <v>708</v>
+      </c>
+      <c r="F206" t="s">
+        <v>709</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H206" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>711</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>10</v>
+      </c>
+      <c r="D207" t="s">
+        <v>712</v>
+      </c>
+      <c r="E207" t="s">
+        <v>713</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>714</v>
+      </c>
+      <c r="H207" t="s">
+        <v>715</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7434,50 +8119,69 @@
     <hyperlink ref="G164" r:id="rId163"/>
     <hyperlink ref="G165" r:id="rId164"/>
     <hyperlink ref="G166" r:id="rId165"/>
     <hyperlink ref="G167" r:id="rId166"/>
     <hyperlink ref="G168" r:id="rId167"/>
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
+    <hyperlink ref="G189" r:id="rId188"/>
+    <hyperlink ref="G190" r:id="rId189"/>
+    <hyperlink ref="G191" r:id="rId190"/>
+    <hyperlink ref="G192" r:id="rId191"/>
+    <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>